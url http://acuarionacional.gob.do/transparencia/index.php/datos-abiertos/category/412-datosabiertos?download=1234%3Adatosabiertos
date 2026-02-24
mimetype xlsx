--- v0 (2026-01-08)
+++ v1 (2026-02-24)
@@ -1,102 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\Portal de transparencia 2025\datos abiertos\Septiembre\alimentacion\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jreinoso\Desktop\Portal de Transparencia\13_Datos Abiertos\Estadísticas de Alimentación\2025\Cuarto Trimestre\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{40FB90B3-F035-40FE-BA9E-40B178FEA5BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7020"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Estadísticas_de_Alimentación" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A263" i="1" l="1"/>
   <c r="A250" i="1" l="1"/>
   <c r="A245" i="1" l="1"/>
   <c r="A256" i="1" s="1"/>
   <c r="A247" i="1"/>
   <c r="A257" i="1" s="1"/>
   <c r="A228" i="1" l="1"/>
   <c r="D228" i="1" l="1"/>
   <c r="D227" i="1"/>
   <c r="A227" i="1"/>
   <c r="A235" i="1" s="1"/>
   <c r="A246" i="1" s="1"/>
   <c r="D226" i="1"/>
   <c r="B226" i="1"/>
   <c r="A226" i="1"/>
   <c r="A234" i="1" s="1"/>
   <c r="D225" i="1"/>
   <c r="A225" i="1"/>
   <c r="A232" i="1" s="1"/>
   <c r="D224" i="1"/>
   <c r="A224" i="1"/>
   <c r="A231" i="1" s="1"/>
   <c r="A240" i="1" s="1"/>
   <c r="D222" i="1"/>
   <c r="A222" i="1"/>
   <c r="A230" i="1" s="1"/>
   <c r="D220" i="1"/>
   <c r="A220" i="1"/>
   <c r="D219" i="1"/>
   <c r="A219" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="150">
   <si>
     <t>Alimento</t>
   </si>
   <si>
     <t>Cantidad Entrada (Libras)</t>
   </si>
   <si>
     <t>Cantidad Consumo (Libras)</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Sardinas (fresca)</t>
   </si>
   <si>
     <t>Calamar</t>
   </si>
   <si>
     <t>Peletizado</t>
   </si>
   <si>
     <t xml:space="preserve">Carnes </t>
   </si>
   <si>
@@ -481,60 +495,81 @@
     <t>95 lb</t>
   </si>
   <si>
     <t>200 lb</t>
   </si>
   <si>
     <t>98 lb</t>
   </si>
   <si>
     <t>220 lb</t>
   </si>
   <si>
     <t>275 lb</t>
   </si>
   <si>
     <t>90 lb</t>
   </si>
   <si>
     <t>2,595 lb</t>
   </si>
   <si>
     <t>2,300 lb</t>
   </si>
   <si>
     <t>500 lb</t>
+  </si>
+  <si>
+    <t>2,897.5 lb</t>
+  </si>
+  <si>
+    <t>2,495.5 lb</t>
+  </si>
+  <si>
+    <t>52.5 lb</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28.5lb </t>
+  </si>
+  <si>
+    <t>30 lb</t>
+  </si>
+  <si>
+    <t>72.6 lb</t>
+  </si>
+  <si>
+    <t>2,400 lb</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0;[Red]0"/>
   </numFmts>
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -628,50 +663,61 @@
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF4F81BD"/>
         <bgColor rgb="FF4F81BD"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0504D"/>
         <bgColor rgb="FFC0504D"/>
       </patternFill>
     </fill>
     <fill>
@@ -1002,114 +1048,104 @@
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="17" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="20" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="33" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="3" fontId="20" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
@@ -1394,55 +1430,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D326"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:D336"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A308" workbookViewId="0">
-      <selection activeCell="B323" sqref="B323"/>
+    <sheetView tabSelected="1" topLeftCell="A309" workbookViewId="0">
+      <selection activeCell="B340" sqref="B340"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="38.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="30.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="5" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -5025,300 +5061,300 @@
         <v>220</v>
       </c>
       <c r="C255" s="9">
         <v>110</v>
       </c>
       <c r="D255" s="1">
         <v>2023</v>
       </c>
     </row>
     <row r="256" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A256" s="1" t="str">
         <f>A245</f>
         <v>Peletizado (peces agua dulce carpa Coi)</v>
       </c>
       <c r="B256" s="9">
         <v>44</v>
       </c>
       <c r="C256" s="9">
         <v>30</v>
       </c>
       <c r="D256" s="1">
         <v>2023</v>
       </c>
     </row>
     <row r="257" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A257" s="16" t="str">
+      <c r="A257" s="1" t="str">
         <f>A247</f>
         <v>Flake</v>
       </c>
-      <c r="B257" s="16">
+      <c r="B257" s="1">
         <v>57</v>
       </c>
-      <c r="C257" s="16">
+      <c r="C257" s="1">
         <v>20</v>
       </c>
-      <c r="D257" s="16">
+      <c r="D257" s="1">
         <v>2023</v>
       </c>
     </row>
     <row r="258" spans="1:4" s="12" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A258" s="17" t="s">
+      <c r="A258" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="B258" s="18">
+      <c r="B258" s="10">
         <v>8000</v>
       </c>
-      <c r="C258" s="18">
+      <c r="C258" s="10">
         <v>5208</v>
       </c>
-      <c r="D258" s="19">
+      <c r="D258" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="259" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A259" s="17" t="s">
+      <c r="A259" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="B259" s="19">
+      <c r="B259" s="9">
         <v>100</v>
       </c>
-      <c r="C259" s="19">
+      <c r="C259" s="9">
         <v>10</v>
       </c>
-      <c r="D259" s="19">
+      <c r="D259" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="260" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A260" s="17" t="s">
+      <c r="A260" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="B260" s="19">
+      <c r="B260" s="9">
         <v>100</v>
       </c>
-      <c r="C260" s="19">
+      <c r="C260" s="9">
         <v>85</v>
       </c>
-      <c r="D260" s="19">
+      <c r="D260" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="261" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A261" s="17" t="s">
+      <c r="A261" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="B261" s="19">
+      <c r="B261" s="9">
         <v>50</v>
       </c>
-      <c r="C261" s="19">
+      <c r="C261" s="9">
         <v>35</v>
       </c>
-      <c r="D261" s="19">
+      <c r="D261" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="262" spans="1:4" s="14" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A262" s="17" t="s">
+      <c r="A262" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="B262" s="20">
+      <c r="B262" s="13">
         <v>1995</v>
       </c>
-      <c r="C262" s="20">
+      <c r="C262" s="13">
         <v>1995</v>
       </c>
-      <c r="D262" s="19">
+      <c r="D262" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="263" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A263" s="17" t="str">
+      <c r="A263" s="15" t="str">
         <f>A255</f>
         <v>Alimento  peletizado (peces)</v>
       </c>
-      <c r="B263" s="19">
+      <c r="B263" s="9">
         <v>110</v>
       </c>
-      <c r="C263" s="19">
+      <c r="C263" s="9">
         <v>30</v>
       </c>
-      <c r="D263" s="19">
+      <c r="D263" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="264" spans="1:4" s="14" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A264" s="17" t="s">
+      <c r="A264" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B264" s="17">
+      <c r="B264" s="15">
         <v>40</v>
       </c>
-      <c r="C264" s="17">
+      <c r="C264" s="15">
         <v>30</v>
       </c>
-      <c r="D264" s="19">
+      <c r="D264" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="265" spans="1:4" s="14" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A265" s="17" t="s">
+      <c r="A265" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="B265" s="17">
+      <c r="B265" s="15">
         <v>14</v>
       </c>
-      <c r="C265" s="17">
+      <c r="C265" s="15">
         <v>8</v>
       </c>
-      <c r="D265" s="19">
+      <c r="D265" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="266" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A266" s="17" t="s">
+      <c r="A266" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="B266" s="19">
+      <c r="B266" s="9">
         <v>22</v>
       </c>
-      <c r="C266" s="19">
+      <c r="C266" s="9">
         <v>5</v>
       </c>
-      <c r="D266" s="19">
+      <c r="D266" s="9">
         <v>2023</v>
       </c>
     </row>
     <row r="267" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A267" s="15" t="s">
+      <c r="A267" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B267" s="15" t="s">
+      <c r="B267" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C267" s="15" t="s">
+      <c r="C267" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D267" s="15">
+      <c r="D267" s="1">
         <v>2024</v>
       </c>
     </row>
     <row r="268" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A268" s="15" t="s">
+      <c r="A268" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B268" s="15" t="s">
+      <c r="B268" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C268" s="15" t="s">
+      <c r="C268" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D268" s="15">
+      <c r="D268" s="1">
         <v>2024</v>
       </c>
     </row>
     <row r="269" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A269" s="15" t="s">
+      <c r="A269" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B269" s="15" t="s">
+      <c r="B269" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C269" s="15" t="s">
+      <c r="C269" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D269" s="15">
+      <c r="D269" s="1">
         <v>2024</v>
       </c>
     </row>
     <row r="270" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A270" s="15" t="s">
+      <c r="A270" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B270" s="15" t="s">
+      <c r="B270" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C270" s="15" t="s">
+      <c r="C270" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D270" s="15">
+      <c r="D270" s="1">
         <v>2024</v>
       </c>
     </row>
     <row r="271" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A271" s="15" t="s">
+      <c r="A271" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B271" s="15" t="s">
+      <c r="B271" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C271" s="15" t="s">
+      <c r="C271" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="D271" s="15">
+      <c r="D271" s="1">
         <v>2024</v>
       </c>
     </row>
     <row r="272" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A272" s="15" t="s">
+      <c r="A272" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B272" s="15" t="s">
+      <c r="B272" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C272" s="15" t="s">
+      <c r="C272" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="D272" s="15">
+      <c r="D272" s="1">
         <v>2024</v>
       </c>
     </row>
     <row r="273" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A273" s="15" t="s">
+      <c r="A273" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B273" s="15" t="s">
+      <c r="B273" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C273" s="15" t="s">
+      <c r="C273" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="D273" s="15">
+      <c r="D273" s="1">
         <v>2024</v>
       </c>
     </row>
     <row r="274" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A274" s="19" t="s">
+      <c r="A274" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B274" s="19" t="s">
+      <c r="B274" s="9" t="s">
         <v>68</v>
       </c>
-      <c r="C274" s="19" t="s">
+      <c r="C274" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="D274" s="19">
+      <c r="D274" s="9">
         <v>2024</v>
       </c>
     </row>
     <row r="275" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A275" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B275" s="10" t="s">
         <v>71</v>
       </c>
       <c r="C275" s="11" t="s">
         <v>74</v>
       </c>
       <c r="D275" s="9">
         <v>2024</v>
       </c>
     </row>
     <row r="276" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A276" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B276" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C276" s="9" t="s">
@@ -5887,107 +5923,107 @@
       <c r="D316" s="9">
         <v>2025</v>
       </c>
     </row>
     <row r="317" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B317" s="9" t="s">
         <v>131</v>
       </c>
       <c r="C317" s="9" t="s">
         <v>129</v>
       </c>
       <c r="D317" s="9">
         <v>2025</v>
       </c>
     </row>
     <row r="318" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A318" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B318" s="8" t="s">
         <v>132</v>
       </c>
-      <c r="C318" s="21" t="s">
+      <c r="C318" s="16" t="s">
         <v>133</v>
       </c>
       <c r="D318" s="1">
         <v>2025</v>
       </c>
     </row>
     <row r="319" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A319" s="22" t="s">
+      <c r="A319" s="17" t="s">
         <v>92</v>
       </c>
       <c r="B319" s="8" t="s">
         <v>134</v>
       </c>
       <c r="C319" s="8" t="s">
         <v>134</v>
       </c>
       <c r="D319" s="1">
         <v>2025</v>
       </c>
     </row>
     <row r="320" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A320" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B320" s="8" t="s">
         <v>135</v>
       </c>
       <c r="C320" s="8" t="s">
         <v>136</v>
       </c>
       <c r="D320" s="1">
         <v>2025</v>
       </c>
     </row>
     <row r="321" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A321" s="9" t="s">
         <v>109</v>
       </c>
       <c r="B321" s="8" t="s">
         <v>137</v>
       </c>
       <c r="C321" s="8" t="s">
         <v>88</v>
       </c>
       <c r="D321" s="1">
         <v>2025</v>
       </c>
     </row>
     <row r="322" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A322" s="9" t="s">
         <v>108</v>
       </c>
       <c r="B322" s="8" t="s">
         <v>138</v>
       </c>
-      <c r="C322" s="21" t="s">
+      <c r="C322" s="16" t="s">
         <v>139</v>
       </c>
       <c r="D322" s="1">
         <v>2025</v>
       </c>
     </row>
     <row r="323" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A323" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B323" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C323" s="8" t="s">
         <v>61</v>
       </c>
       <c r="D323" s="1">
         <v>2025</v>
       </c>
     </row>
     <row r="324" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A324" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B324" s="8" t="s">
@@ -6003,50 +6039,190 @@
     <row r="325" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B325" s="8" t="s">
         <v>141</v>
       </c>
       <c r="C325" s="8" t="s">
         <v>141</v>
       </c>
       <c r="D325" s="1">
         <v>2025</v>
       </c>
     </row>
     <row r="326" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A326" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B326" s="8" t="s">
         <v>142</v>
       </c>
       <c r="C326" s="8" t="s">
         <v>93</v>
       </c>
       <c r="D326" s="1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B327" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C327" s="19" t="s">
+        <v>144</v>
+      </c>
+      <c r="D327" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B328" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C328" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D328" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B329" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C329" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D329" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B330" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C330" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D330" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="B331" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C331" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="D331" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="B332" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C332" s="19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D332" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B333" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="C333" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D333" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B334" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C334" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="D334" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="B335" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C335" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="D335" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="9" t="s">
+        <v>130</v>
+      </c>
+      <c r="B336" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C336" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="D336" s="9">
         <v>2025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>