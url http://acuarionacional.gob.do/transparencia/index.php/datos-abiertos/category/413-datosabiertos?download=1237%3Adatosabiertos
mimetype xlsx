--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jreinoso\Desktop\Portal de Transparencia\13_Datos Abiertos\Estadísticas de Liberación de Tortugas\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\Portal de transparencia 2025\datos abiertos\Septiembre\Libreracion\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7020"/>
   </bookViews>
   <sheets>
     <sheet name="Tortugas Liberadas" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="22">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Especies Liberadas</t>
   </si>
   <si>
     <t>Nombre Cientifico</t>
   </si>
   <si>
     <t>Cantidad Liberada</t>
   </si>
   <si>
     <t>Tortuga Carey</t>
   </si>
   <si>
     <t>Eretmochelys Imbricata</t>
   </si>
   <si>
     <t>Tortuga Verde</t>
   </si>
   <si>
     <t>Tortuga Tinglar</t>
   </si>
   <si>
@@ -76,57 +76,63 @@
     <t>Dermechelys Coriaceas</t>
   </si>
   <si>
     <t>Trachemys Stenejgeri</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>Tortuga Caguamo</t>
   </si>
   <si>
     <t>Caretta Caretta</t>
   </si>
   <si>
     <t>Trachemys Decorata</t>
   </si>
   <si>
     <t>Tortuga tinglar</t>
   </si>
   <si>
     <t xml:space="preserve">Iguna  </t>
   </si>
   <si>
     <t xml:space="preserve">Cyclura cornuta </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pelecanus occidentalis </t>
+  </si>
+  <si>
+    <t>Ave costera</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -220,50 +226,58 @@
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -566,61 +580,62 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
@@ -930,54 +945,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D58"/>
+  <dimension ref="A1:D60"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A33" workbookViewId="0">
-      <selection activeCell="C62" sqref="C62"/>
+    <sheetView tabSelected="1" topLeftCell="A48" workbookViewId="0">
+      <selection activeCell="B65" sqref="B65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="39.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="23.5703125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1723,83 +1738,100 @@
         <v>2024</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="1">
         <v>1090</v>
       </c>
       <c r="D55" s="1">
         <v>2024</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="1">
-        <v>5</v>
+        <v>526</v>
       </c>
       <c r="D56" s="1">
         <v>2025</v>
       </c>
     </row>
     <row r="57" spans="1:4" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C57" s="2">
         <v>53</v>
       </c>
       <c r="D57" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="1">
         <v>1</v>
       </c>
       <c r="D58" s="1">
         <v>2025</v>
       </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C59" s="1">
+        <v>1</v>
+      </c>
+      <c r="D59" s="1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tortugas Liberadas</vt:lpstr>