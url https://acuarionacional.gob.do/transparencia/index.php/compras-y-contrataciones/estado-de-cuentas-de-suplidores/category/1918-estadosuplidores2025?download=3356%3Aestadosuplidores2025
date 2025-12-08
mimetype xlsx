--- v0 (2025-10-03)
+++ v1 (2025-12-08)
@@ -1,774 +1,696 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\Portal de transparencia 2025\Compras\el mes de Abril\Datos Abiertos\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jreinoso\Desktop\Portal de Transparencia\11_Compras y Contrataciones Públicas\Relación de Estado de Cuentas de Suplidores\2025\Datos Abiertos\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{455EC31B-02EA-48FC-8277-A03137EC230E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7020"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="H36" i="1" l="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="92">
   <si>
     <t>FACTURA NCF</t>
   </si>
   <si>
     <t>PROVEEDOR</t>
   </si>
   <si>
     <t>CONCEPTO</t>
   </si>
   <si>
-    <t>OBJETO DEL GASTO</t>
-[...7 lines deleted...]
-  <si>
     <t>FECHA FACTURA</t>
   </si>
   <si>
-    <t>FECHA RECIBIDA</t>
-[...10 lines deleted...]
-  <si>
     <t>Ayuntamiento Santo Domingo Este</t>
   </si>
   <si>
-    <t>2.2.6.3.01</t>
-[...4 lines deleted...]
-  <si>
     <t>Altice Dominicana, SA</t>
   </si>
   <si>
-    <t>2.2.1.3.01</t>
-[...7 lines deleted...]
-  <si>
     <t>Toner Depot Multiservicios, EORG, SRL</t>
   </si>
   <si>
-    <t>2.2.5.3.02</t>
-[...1 lines deleted...]
-  <si>
     <t>Refri Electric Reynoso Gils, eirl</t>
   </si>
   <si>
     <t>Fabregas Services, SRL</t>
   </si>
   <si>
     <t xml:space="preserve">Adquisicion de materiales de ferreteria </t>
   </si>
   <si>
-    <t>2.2.1.7.01</t>
-[...1 lines deleted...]
-  <si>
     <t>Edeeste</t>
   </si>
   <si>
     <t>Compañia Dominicana de Telefono Cpor A</t>
   </si>
   <si>
     <t>E450000016839</t>
   </si>
   <si>
     <t>Obelca, SRL</t>
   </si>
   <si>
-    <t>2.2.1.8.01</t>
-[...1 lines deleted...]
-  <si>
     <t>B1500000120</t>
   </si>
   <si>
     <t>Reparacion y mantenimiento de aires acondicionados julio 2025</t>
   </si>
   <si>
     <t>B1500017078</t>
   </si>
   <si>
     <t>MR &amp; PC Investment, SAS</t>
   </si>
   <si>
     <t>Servicio de impresión de Barnes</t>
   </si>
   <si>
-    <t>2.2.2.2.01</t>
-[...1 lines deleted...]
-  <si>
     <t>B1500000352</t>
   </si>
   <si>
-    <t>2.3.6.1.01     2.3.6.3.04     2.3.9.9.04     2.3.2.1.01     2.3.6.3.06     2.3.6.4.06     2.37.2.99</t>
-[...1 lines deleted...]
-  <si>
     <t>B1500000567</t>
   </si>
   <si>
-    <t>t</t>
-[...1 lines deleted...]
-  <si>
     <t>B1500005119</t>
   </si>
   <si>
     <t>GTG Industrial, SRL</t>
   </si>
   <si>
     <t>Adquisicion de materiales para mantenimient de las areas.</t>
   </si>
   <si>
-    <t xml:space="preserve">2.3.3.2.01     2.3.6.3.04          2.3.9.1.01      2.3.9.8.02             2.3.9.9.05  </t>
-[...1 lines deleted...]
-  <si>
     <t>B1500000158</t>
   </si>
   <si>
     <t>Technograph Laser Works TLW, S.R.l</t>
   </si>
   <si>
-    <t>Adquision de souvenir e impresión de banner</t>
-[...4 lines deleted...]
-  <si>
     <t>B1500001654</t>
   </si>
   <si>
-    <t>2.6.4.5.01</t>
-[...1 lines deleted...]
-  <si>
     <t>E450000000359</t>
   </si>
   <si>
     <t>Seguros Sura, S.A</t>
   </si>
   <si>
     <t>Colectivo de vida poliza VCOL-6950</t>
   </si>
   <si>
     <t>E450000012974</t>
   </si>
   <si>
     <t>Corporacion del acueducto y alcantarillado de Santo Domingo.</t>
   </si>
   <si>
     <t>Consumo de agua potable correspondiente al mes de agosto 2025</t>
   </si>
   <si>
     <t>B1500000686</t>
   </si>
   <si>
     <t>Dies Trading, SRL</t>
   </si>
   <si>
-    <t>Adquision de bombas de recirculacion de agua para el acuario nacional</t>
-[...4 lines deleted...]
-  <si>
     <t>Provesol Proveedores de Soluciones, SRL</t>
   </si>
   <si>
-    <t>Adquision de embarcacion para la recoleccion de especimenes</t>
-[...1 lines deleted...]
-  <si>
     <t>B1500000280</t>
   </si>
   <si>
     <t>Auto Marina SRL</t>
   </si>
   <si>
-    <t>Rodamienos para eje de remolque para botes</t>
-[...4 lines deleted...]
-  <si>
     <t>B1500003408     B1500003409          B1500003414         B1500003415          B1500003416</t>
   </si>
   <si>
     <t>Cantabria Brand Representative SRL</t>
   </si>
   <si>
     <t>Contractacion servicio de catering para diferentes actividades del acuario nacional.</t>
   </si>
   <si>
-    <t>2.2.9.203</t>
-[...1 lines deleted...]
-  <si>
     <t>01/08/2025              01/08/2025            06/08/2025       06/08/2025             06/08/2025              06/08/2025</t>
   </si>
   <si>
     <t>B1500000434</t>
   </si>
   <si>
     <t>Ekatex, C SRL</t>
   </si>
   <si>
     <t>Adquisicion de uniformes para los empleados del acuario nacional</t>
   </si>
   <si>
-    <t>2.3.2.3.01</t>
-[...1 lines deleted...]
-  <si>
     <t>E450000000033</t>
   </si>
   <si>
     <t>Fesa, SRL</t>
   </si>
   <si>
-    <t>Adquision de articulos de plomeria</t>
-[...1 lines deleted...]
-  <si>
     <t>B1500056258</t>
   </si>
   <si>
     <t>Servicio recogida de basura agosto 2025</t>
   </si>
   <si>
     <t>E450000017515</t>
   </si>
   <si>
     <t>Servicios de flotas agosto 2025</t>
   </si>
   <si>
     <t>B1500000195</t>
   </si>
   <si>
     <t>Inversiones Furo, EIRL</t>
   </si>
   <si>
     <t>Adquisicion de alimentos para los especimines de la institucion</t>
   </si>
   <si>
-    <t>2.3.1.1.01</t>
-[...1 lines deleted...]
-  <si>
     <t>E450000002402     E450000002403       E450000002404               E450000002405           E450000002406               E450000002407             E450000002408              E450000002409</t>
   </si>
   <si>
     <t>Grupo Alaska, S.A</t>
   </si>
   <si>
     <t>Adquisicion de agua purificada para los empleados del Acuario Nacional</t>
   </si>
   <si>
     <t>24/06/2025    01/07/2025    08/07/2025     15/07/2025    22/07/2025   29/07/2025   12/08/2025    19/08/2025</t>
   </si>
   <si>
     <t>B1500000936</t>
   </si>
   <si>
     <t>Solicitud compra de equipos para data center y sistemas de este Acuario Nacional</t>
   </si>
   <si>
-    <t>2.6.5.6.01</t>
-[...1 lines deleted...]
-  <si>
     <t>Servicios de telefono e internet agosto 2025</t>
   </si>
   <si>
     <t>E450000000264</t>
   </si>
   <si>
     <t>Pago servicios de alquiler de impresoras multifuncionales agosto 2025</t>
   </si>
   <si>
     <t>E450000090068</t>
   </si>
   <si>
     <t>Servicio de internet agosto 2025</t>
   </si>
   <si>
     <t>E450000047265</t>
   </si>
   <si>
     <t>Servicio de consumo electrico agosto 2025</t>
   </si>
   <si>
     <t>E450000003728</t>
   </si>
   <si>
     <t>Seguros Nacional de Salud</t>
   </si>
   <si>
     <t>Servicio complementario de salud correspondiente al mes de septiembre 2025</t>
   </si>
   <si>
     <t>E450000000389</t>
   </si>
   <si>
-    <t>Colectivo de vida poliza VCOL-6950, correspondiente a setiembre 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Adquisicion de equipos de informatica</t>
   </si>
   <si>
-    <t>2.3.9.2.01    2.6.1.3.01     2.6.5.5.01    2.3.6.3.04         2.3.9.8 02</t>
-[...1 lines deleted...]
-  <si>
     <t>OMX Multiservicios, SRL</t>
   </si>
   <si>
-    <t>2.3.9.8.01     2.3.9.8.02     2.3.5.5.01    2.3.9.1.01        2.3.9.8.02</t>
+    <t>MONTO PAGADO A LA FECHA</t>
+  </si>
+  <si>
+    <t>MONTO PENDIENTE</t>
+  </si>
+  <si>
+    <t>FECHA FIN DE LA FACTURA</t>
+  </si>
+  <si>
+    <t>ESTADO</t>
+  </si>
+  <si>
+    <t>COMPLETADO</t>
+  </si>
+  <si>
+    <t>PENDIENTE</t>
+  </si>
+  <si>
+    <t>Colectivo de vida poliza VCOL-6950, correspondiente a septiembre 2025</t>
+  </si>
+  <si>
+    <t>Adquisicion de articulos de plomeria</t>
+  </si>
+  <si>
+    <t>Adquisicion de souvenir e impresión de banner</t>
+  </si>
+  <si>
+    <t>Adquisicion de bombas de recirculacion de agua para el acuario nacional</t>
+  </si>
+  <si>
+    <t>Adquisicion de embarcacion para la recoleccion de especimenes</t>
+  </si>
+  <si>
+    <t>Rodamientos para eje de remolque para botes</t>
+  </si>
+  <si>
+    <t>MONTO FACTURADO</t>
+  </si>
+  <si>
+    <t>Grupo Alaka, S.A</t>
+  </si>
+  <si>
+    <t>Compra de agua para empleados</t>
+  </si>
+  <si>
+    <t>E450000002410</t>
   </si>
   <si>
     <t>Julio Arias Trinidad</t>
   </si>
   <si>
     <t>Encargado Financiero</t>
   </si>
   <si>
-    <t>RELACION DE CUENTAS POR SUPLIDORES AL MES DE AGOSTO AÑO 2025</t>
+    <t>Relacion de Estado de Cuetas de Suplidores Agosto del 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA3DBFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="5">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...20 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="5" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
-[...22 lines deleted...]
-    </xf>
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>3</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>138112</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1430215</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>52021</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>119062</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>329711</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>32971</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Imagen 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{453423E5-88C2-4A54-BB4C-4A5AD9DB1A92}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="4907756" y="138112"/>
-          <a:ext cx="2914650" cy="600075"/>
+          <a:off x="3305907" y="205886"/>
+          <a:ext cx="2914650" cy="596412"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -830,51 +752,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -972,985 +894,967 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K40"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I42"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A31" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="L16" sqref="L16"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <pane ySplit="10" topLeftCell="A29" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="L12" sqref="L12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="11.42578125" style="22" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="11.42578125" style="2"/>
+    <col min="1" max="1" width="28.140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="32.42578125" style="7" customWidth="1"/>
+    <col min="3" max="3" width="16.28515625" style="7" customWidth="1"/>
+    <col min="4" max="9" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.2">
-[...98 lines deleted...]
-      <c r="A9" s="5" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1" s="22"/>
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="22"/>
+      <c r="H1" s="22"/>
+      <c r="I1" s="17"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
+      <c r="F2" s="22"/>
+      <c r="G2" s="22"/>
+      <c r="H2" s="22"/>
+      <c r="I2" s="17"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="22"/>
+      <c r="B3" s="22"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="22"/>
+      <c r="H3" s="22"/>
+      <c r="I3" s="17"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="22"/>
+      <c r="B4" s="22"/>
+      <c r="C4" s="22"/>
+      <c r="D4" s="22"/>
+      <c r="E4" s="22"/>
+      <c r="F4" s="22"/>
+      <c r="G4" s="22"/>
+      <c r="H4" s="22"/>
+      <c r="I4" s="17"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="22"/>
+      <c r="H5" s="22"/>
+      <c r="I5" s="17"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="22"/>
+      <c r="B6" s="22"/>
+      <c r="C6" s="22"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="22"/>
+      <c r="F6" s="22"/>
+      <c r="G6" s="22"/>
+      <c r="H6" s="22"/>
+      <c r="I6" s="17"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="23"/>
+      <c r="B7" s="23"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="23"/>
+      <c r="E7" s="23"/>
+      <c r="F7" s="23"/>
+      <c r="G7" s="23"/>
+      <c r="H7" s="23"/>
+      <c r="I7" s="18"/>
+    </row>
+    <row r="8" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="5"/>
+      <c r="C8" s="16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="5"/>
+      <c r="C9" s="16"/>
+    </row>
+    <row r="10" spans="1:9" s="15" customFormat="1" ht="31.5" x14ac:dyDescent="0.15">
+      <c r="A10" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="E10" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="F10" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="G10" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H10" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="I10" s="14" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A11" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="6">
+        <v>45868</v>
+      </c>
+      <c r="E11" s="19">
+        <v>39166.65</v>
+      </c>
+      <c r="F11" s="6">
+        <v>45876</v>
+      </c>
+      <c r="G11" s="19">
+        <v>39166.65</v>
+      </c>
+      <c r="H11" s="19">
+        <v>0</v>
+      </c>
+      <c r="I11" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A12" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="6">
+        <v>45853</v>
+      </c>
+      <c r="E12" s="19">
+        <v>6730</v>
+      </c>
+      <c r="F12" s="6">
+        <v>45876</v>
+      </c>
+      <c r="G12" s="19">
+        <v>6730</v>
+      </c>
+      <c r="H12" s="19">
+        <v>0</v>
+      </c>
+      <c r="I12" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="6">
+        <v>45874</v>
+      </c>
+      <c r="E13" s="19">
+        <v>64496.46</v>
+      </c>
+      <c r="F13" s="6">
+        <v>45881</v>
+      </c>
+      <c r="G13" s="19">
+        <v>64496.46</v>
+      </c>
+      <c r="H13" s="19">
+        <v>0</v>
+      </c>
+      <c r="I13" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A14" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" s="6">
+        <v>45664</v>
+      </c>
+      <c r="E14" s="19">
+        <v>10670.84</v>
+      </c>
+      <c r="F14" s="6">
+        <v>45881</v>
+      </c>
+      <c r="G14" s="19">
+        <v>10670.84</v>
+      </c>
+      <c r="H14" s="19">
+        <v>0</v>
+      </c>
+      <c r="I14" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="9" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A15" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="8">
+        <v>45867</v>
+      </c>
+      <c r="E15" s="20">
+        <v>1509884.34</v>
+      </c>
+      <c r="F15" s="8">
+        <v>45881</v>
+      </c>
+      <c r="G15" s="20">
+        <v>1509884.34</v>
+      </c>
+      <c r="H15" s="19">
+        <v>0</v>
+      </c>
+      <c r="I15" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A16" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="6">
+        <v>45877</v>
+      </c>
+      <c r="E16" s="19">
+        <v>47200</v>
+      </c>
+      <c r="F16" s="6">
+        <v>45882</v>
+      </c>
+      <c r="G16" s="19">
+        <v>47200</v>
+      </c>
+      <c r="H16" s="19">
+        <v>0</v>
+      </c>
+      <c r="I16" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A17" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17" s="6">
+        <v>45870</v>
+      </c>
+      <c r="E17" s="19">
+        <v>10670.84</v>
+      </c>
+      <c r="F17" s="6">
+        <v>45882</v>
+      </c>
+      <c r="G17" s="19">
+        <v>10670.84</v>
+      </c>
+      <c r="H17" s="19">
+        <v>0</v>
+      </c>
+      <c r="I17" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A18" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" s="6">
+        <v>45870</v>
+      </c>
+      <c r="E18" s="19">
+        <v>9358</v>
+      </c>
+      <c r="F18" s="6">
+        <v>45882</v>
+      </c>
+      <c r="G18" s="19">
+        <v>9358</v>
+      </c>
+      <c r="H18" s="19">
+        <v>0</v>
+      </c>
+      <c r="I18" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A19" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" s="6">
+        <v>45877</v>
+      </c>
+      <c r="E19" s="19">
+        <v>107380</v>
+      </c>
+      <c r="F19" s="6">
+        <v>45882</v>
+      </c>
+      <c r="G19" s="19">
+        <v>107380</v>
+      </c>
+      <c r="H19" s="19">
+        <v>0</v>
+      </c>
+      <c r="I19" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A20" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="6">
+        <v>45881</v>
+      </c>
+      <c r="E20" s="19">
+        <v>554403.29</v>
+      </c>
+      <c r="F20" s="6">
+        <v>45882</v>
+      </c>
+      <c r="G20" s="19">
+        <v>554403.29</v>
+      </c>
+      <c r="H20" s="19">
+        <v>0</v>
+      </c>
+      <c r="I20" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D21" s="6">
+        <v>45880</v>
+      </c>
+      <c r="E21" s="19">
+        <v>11328</v>
+      </c>
+      <c r="F21" s="6">
+        <v>45883</v>
+      </c>
+      <c r="G21" s="19">
+        <v>11328</v>
+      </c>
+      <c r="H21" s="19">
+        <v>0</v>
+      </c>
+      <c r="I21" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" s="4" customFormat="1" ht="72" x14ac:dyDescent="0.2">
+      <c r="A22" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" s="19">
+        <v>209922</v>
+      </c>
+      <c r="F22" s="6">
+        <v>45883</v>
+      </c>
+      <c r="G22" s="19">
+        <v>209922</v>
+      </c>
+      <c r="H22" s="19">
+        <v>0</v>
+      </c>
+      <c r="I22" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A23" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" s="6">
+        <v>45880</v>
+      </c>
+      <c r="E23" s="19">
+        <v>57820</v>
+      </c>
+      <c r="F23" s="6">
+        <v>45884</v>
+      </c>
+      <c r="G23" s="19">
+        <v>57820</v>
+      </c>
+      <c r="H23" s="19">
+        <v>0</v>
+      </c>
+      <c r="I23" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="4" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D24" s="6">
+        <v>45882</v>
+      </c>
+      <c r="E24" s="19">
+        <v>264575.86</v>
+      </c>
+      <c r="F24" s="6">
+        <v>45884</v>
+      </c>
+      <c r="G24" s="19">
+        <v>264575.86</v>
+      </c>
+      <c r="H24" s="19">
+        <v>0</v>
+      </c>
+      <c r="I24" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A25" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D25" s="6">
+        <v>45871</v>
+      </c>
+      <c r="E25" s="19">
+        <v>12000</v>
+      </c>
+      <c r="F25" s="6">
+        <v>45887</v>
+      </c>
+      <c r="G25" s="19">
+        <v>12000</v>
+      </c>
+      <c r="H25" s="19">
+        <v>0</v>
+      </c>
+      <c r="I25" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A26" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D26" s="6">
+        <v>45893</v>
+      </c>
+      <c r="E26" s="19">
+        <v>62537</v>
+      </c>
+      <c r="F26" s="6">
+        <v>45889</v>
+      </c>
+      <c r="G26" s="19">
+        <v>62537</v>
+      </c>
+      <c r="H26" s="19">
+        <v>0</v>
+      </c>
+      <c r="I26" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A27" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D27" s="6">
+        <v>45884</v>
+      </c>
+      <c r="E27" s="19">
+        <v>23000</v>
+      </c>
+      <c r="F27" s="6">
+        <v>45889</v>
+      </c>
+      <c r="G27" s="19">
+        <v>23000</v>
+      </c>
+      <c r="H27" s="19">
+        <v>0</v>
+      </c>
+      <c r="I27" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" s="4" customFormat="1" ht="96" x14ac:dyDescent="0.2">
+      <c r="A28" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E28" s="19">
+        <v>16921</v>
+      </c>
+      <c r="F28" s="6">
+        <v>45889</v>
+      </c>
+      <c r="G28" s="19">
+        <v>16921</v>
+      </c>
+      <c r="H28" s="19">
+        <v>0</v>
+      </c>
+      <c r="I28" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A29" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D29" s="6">
+        <v>45887</v>
+      </c>
+      <c r="E29" s="19">
+        <v>152131.5</v>
+      </c>
+      <c r="F29" s="6">
+        <v>45890</v>
+      </c>
+      <c r="G29" s="19">
+        <v>152131.5</v>
+      </c>
+      <c r="H29" s="19">
+        <v>0</v>
+      </c>
+      <c r="I29" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A30" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="6">
+        <v>45895</v>
+      </c>
+      <c r="E30" s="19">
+        <v>84331.19</v>
+      </c>
+      <c r="F30" s="6">
+        <v>45895</v>
+      </c>
+      <c r="G30" s="19">
+        <v>84331.19</v>
+      </c>
+      <c r="H30" s="19">
+        <v>0</v>
+      </c>
+      <c r="I30" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A31" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D31" s="6">
+        <v>45891</v>
+      </c>
+      <c r="E31" s="19">
+        <v>15045</v>
+      </c>
+      <c r="F31" s="6">
+        <v>45895</v>
+      </c>
+      <c r="G31" s="19">
+        <v>15045</v>
+      </c>
+      <c r="H31" s="19">
+        <v>0</v>
+      </c>
+      <c r="I31" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A32" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D32" s="6">
+        <v>45897</v>
+      </c>
+      <c r="E32" s="19">
+        <v>25993.5</v>
+      </c>
+      <c r="F32" s="6">
+        <v>45895</v>
+      </c>
+      <c r="G32" s="19">
+        <v>25993.5</v>
+      </c>
+      <c r="H32" s="19">
+        <v>0</v>
+      </c>
+      <c r="I32" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" s="4" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A33" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="24" t="s">
-[...133 lines deleted...]
-      <c r="F13" s="13">
+      <c r="B33" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D33" s="6">
+        <v>45891</v>
+      </c>
+      <c r="E33" s="19">
+        <v>550049.21</v>
+      </c>
+      <c r="F33" s="6">
+        <v>45895</v>
+      </c>
+      <c r="G33" s="19">
+        <v>550049.21</v>
+      </c>
+      <c r="H33" s="19">
+        <v>0</v>
+      </c>
+      <c r="I33" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A34" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D34" s="6">
+        <v>45911</v>
+      </c>
+      <c r="E34" s="19">
+        <v>52308</v>
+      </c>
+      <c r="F34" s="6">
+        <v>45896</v>
+      </c>
+      <c r="G34" s="19">
+        <v>52308</v>
+      </c>
+      <c r="H34" s="19">
+        <v>0</v>
+      </c>
+      <c r="I34" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" s="4" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A35" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D35" s="6">
+        <v>45896</v>
+      </c>
+      <c r="E35" s="19">
         <v>10670.84</v>
       </c>
-      <c r="G13" s="6" t="s">
-[...88 lines deleted...]
-      <c r="F16" s="13">
+      <c r="F35" s="6">
+        <v>45896</v>
+      </c>
+      <c r="G35" s="19">
         <v>10670.84</v>
       </c>
-      <c r="G16" s="11" t="s">
-[...232 lines deleted...]
-      <c r="D24" s="25" t="s">
+      <c r="H35" s="19">
+        <v>0</v>
+      </c>
+      <c r="I35" s="21" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D36" s="6">
+        <v>45895</v>
+      </c>
+      <c r="E36" s="19">
+        <v>3015</v>
+      </c>
+      <c r="F36" s="6">
+        <v>45905</v>
+      </c>
+      <c r="G36" s="19">
+        <v>0</v>
+      </c>
+      <c r="H36" s="19">
+        <f>+E36-G36</f>
+        <v>3015</v>
+      </c>
+      <c r="I36" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="E24" s="12" t="s">
-[...110 lines deleted...]
-      <c r="B28" s="25" t="s">
+    </row>
+    <row r="41" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="B41" s="24" t="s">
         <v>89</v>
       </c>
-      <c r="C28" s="25" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="25" t="s">
+    </row>
+    <row r="42" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="B42" s="24" t="s">
         <v>90</v>
-      </c>
-[...204 lines deleted...]
-        <v>109</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A1:J6"/>
-    <mergeCell ref="A7:J7"/>
+    <mergeCell ref="A1:H6"/>
+    <mergeCell ref="A7:H7"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="44" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="61" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>