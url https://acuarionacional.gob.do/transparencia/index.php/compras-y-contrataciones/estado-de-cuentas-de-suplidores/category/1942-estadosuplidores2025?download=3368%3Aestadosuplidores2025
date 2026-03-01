--- v0 (2025-10-25)
+++ v1 (2026-03-01)
@@ -1,631 +1,733 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\Portal de transparencia 2025\Compras\septiembre\abiertos\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jreinoso\Desktop\Portal de Transparencia\11_Compras y Contrataciones Públicas\Relación de Estado de Cuentas de Suplidores\2025\Datos Abiertos\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7571A5CF-2C0C-4A7A-A6BA-D51B5075D080}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7020"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Suplidores" sheetId="2" r:id="rId1"/>
+    <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I20" i="2" l="1"/>
-[...4 lines deleted...]
-  <c r="I15" i="2"/>
+  <c r="G17" i="1" l="1"/>
+  <c r="G18" i="1"/>
+  <c r="G19" i="1"/>
+  <c r="G20" i="1"/>
+  <c r="G21" i="1"/>
+  <c r="G16" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="99">
   <si>
     <t>FACTURA NCF</t>
   </si>
   <si>
     <t>PROVEEDOR</t>
   </si>
   <si>
     <t>CONCEPTO</t>
   </si>
   <si>
-    <t>MONTO</t>
-[...1 lines deleted...]
-  <si>
     <t>FECHA FACTURA</t>
   </si>
   <si>
     <t>E450000012974</t>
   </si>
   <si>
     <t>B1500000280</t>
   </si>
   <si>
     <t>MONTO PAGADO A LA FECHA</t>
   </si>
   <si>
     <t>MONTO PENDIENTE</t>
   </si>
   <si>
     <t>FECHA FIN DE LA FACTURA</t>
   </si>
   <si>
     <t>ESTADO</t>
   </si>
   <si>
     <t>COMPLETADO</t>
   </si>
   <si>
     <t>PENDIENTE</t>
   </si>
   <si>
-    <t>ATRASADO</t>
-[...2 lines deleted...]
-    <t>*</t>
+    <t>EDITORA LISTIN DIARIO, S.A</t>
+  </si>
+  <si>
+    <t>CONTRATACION DE SERVICIOS DE PUBLICACION EN EL PERIODICO PARA DIFUNDIR LAS CONVOCATORIAS</t>
+  </si>
+  <si>
+    <t>E450000001302   E450000001303   E450000001306  E450000001307</t>
+  </si>
+  <si>
+    <t>13,883.95   13,883.95   13,883.95</t>
+  </si>
+  <si>
+    <t>16/08/2025    16/08/2025  18/08/2025  18/08/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025  17/09/2025  17/09/2025  17/09/2025</t>
+  </si>
+  <si>
+    <t>SERVICIOS DE MANTENIMIENTO, REPARACIÓN, DE AIRES ACONDICIONADOS Y CUARTO FRIO, AGOSTO  2025</t>
+  </si>
+  <si>
+    <t>B1500000121</t>
+  </si>
+  <si>
+    <t>REFRI ELECTRIC REYNOSO GIL, EIRL</t>
+  </si>
+  <si>
+    <t>ÚTILES ESCOLARES Y DE ENSEÑANZAS</t>
+  </si>
+  <si>
+    <t>PADRON OFFICE SUPLLY, SRL</t>
+  </si>
+  <si>
+    <t>B1500001241</t>
+  </si>
+  <si>
+    <t>E450000014905</t>
+  </si>
+  <si>
+    <t>CORPORACION DEL ACUEDUCTO Y ALCANTARILLADO DE SANTO DOMINGO.</t>
+  </si>
+  <si>
+    <t>AGUA POTABLE SEPTIEMBRE</t>
+  </si>
+  <si>
+    <t>B1500001407</t>
+  </si>
+  <si>
+    <t>FL&amp;M COMERCIAL, SRL</t>
+  </si>
+  <si>
+    <t>PRODUCTOS ELÉCTRICOS Y AFINES</t>
+  </si>
+  <si>
+    <t>E450000001354</t>
+  </si>
+  <si>
+    <t>B1500000854   B1500000867</t>
+  </si>
+  <si>
+    <t>MOTO MARTIZA, SRL</t>
+  </si>
+  <si>
+    <t>MANTENIMIENTO Y REPARACIÓN DE EQUIPOS DE TRANSPORTE, TRACCIÓN Y ELEVACIÓN</t>
+  </si>
+  <si>
+    <t>3,805.50   7,906.00</t>
+  </si>
+  <si>
+    <t>04/07/2025     15/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25/09/2025   25/09/2025 </t>
+  </si>
+  <si>
+    <t>RUNCAR SERVICE SRL</t>
+  </si>
+  <si>
+    <t>PROVIMERCAX HEMRIQUEZ. SRL</t>
+  </si>
+  <si>
+    <t>ADQUISION DE FRUTAS Y VEGETALES PARA LAS ESPECIMENES</t>
+  </si>
+  <si>
+    <t>E450000018328</t>
+  </si>
+  <si>
+    <t>ALTICE DOMINICANA SA</t>
+  </si>
+  <si>
+    <t>SERVICIO DE FLOTAS DE LA INSTITUCION CORRESPONDIENTE AL MES DE SEPTIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>B1500000007</t>
+  </si>
+  <si>
+    <t>SADOC GRAPHIC PRINT, SRL</t>
+  </si>
+  <si>
+    <t>9,440.00   10,620.00   14,160.00   49,796.00   8,850.00  7,080.00</t>
+  </si>
+  <si>
+    <t>B1500000199</t>
+  </si>
+  <si>
+    <t>INVERSIONES FURO, EIRL</t>
+  </si>
+  <si>
+    <t>MÁQUINAS-HERRAMIENTAS</t>
+  </si>
+  <si>
+    <t>E450000092629</t>
+  </si>
+  <si>
+    <t>COMPAÑIA DOMINICANA DE TELEFONOS C POR A</t>
+  </si>
+  <si>
+    <t>SERVICIO DE INTERNET CORRESPONDIENTE AL MES DE SEPTIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>E450000000002</t>
+  </si>
+  <si>
+    <t>SAS INDUSTRIAL, SRL</t>
+  </si>
+  <si>
+    <t>PAGO ADQUISICION DE SOUVENIRS E IMPRESIÓN DE BANNER PARA USO INSTITUCIONAL</t>
+  </si>
+  <si>
+    <t>ADQUISICION  DE BOMBAS CENTRIFUGAS PARA EL ACUARIO NACIONAL</t>
+  </si>
+  <si>
+    <t>B150000391</t>
+  </si>
+  <si>
+    <t>SOLUCIONES CORPORATIVAS (SOLUCORP) SRL</t>
+  </si>
+  <si>
+    <t>SERVICIO DE CABLEADO ESTRUCTURADO PARA LA CONECTIVIDAD ELECTRONICA EN LA INSTITUCION</t>
+  </si>
+  <si>
+    <t>E450000003972</t>
+  </si>
+  <si>
+    <t>SEGURO NACIONAL DE SALUD</t>
+  </si>
+  <si>
+    <t>SEGURO COMPLEMENTARIO DE SALUD CORRESPONDIENTE AL MES DE OCTUBRE 2025</t>
+  </si>
+  <si>
+    <t>E450000018476</t>
+  </si>
+  <si>
+    <t>ALTICE DOMINICANA, S.A</t>
+  </si>
+  <si>
+    <t>SERVICIO DE INTERNET Y TELEFONO CORRESPONDIENTE AL MES DE SEPTIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>6,397.14    73,124.55</t>
+  </si>
+  <si>
+    <t>B150000032</t>
+  </si>
+  <si>
+    <t>MEDA INGENIERIA, SRL</t>
+  </si>
+  <si>
+    <t>PAGO CUBICACION No. 1 DEL PROCESO REMOZAMIENTO DEL PARQUE TEMATICO P.S</t>
+  </si>
+  <si>
+    <t>MONTO FACTURADO</t>
+  </si>
+  <si>
+    <t>GRUPO ALAKA, S.A</t>
+  </si>
+  <si>
+    <t>LABORATORIO DE DIAGNOSTICO VETERINARIO ANIMALLAB LDA, SRL</t>
+  </si>
+  <si>
+    <t>REFRI-ELECTRIC REYNOSO GIL, R.I.R.L</t>
+  </si>
+  <si>
+    <t>JMC COMERCIAL, EIRL</t>
+  </si>
+  <si>
+    <t>CAME DOMINICANA SRL</t>
+  </si>
+  <si>
+    <t>GUS DIVE SRL</t>
+  </si>
+  <si>
+    <t>MONCALI, SRL</t>
+  </si>
+  <si>
+    <t>COMPRA DE AGUA PARA EMPLEADOS</t>
+  </si>
+  <si>
+    <t>ANALITICAS DE ESPECIMENES</t>
+  </si>
+  <si>
+    <t>REPARACIONES</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE PESCADOS Y MARISCOS, PARA SER USADOS EN LA ALIMENTACIÓN DE LOS ESPECÍMENES DEL ACUARIO NACIONAL.</t>
+  </si>
+  <si>
+    <t>ADQUISICION DE MOTOR ELECTRICO, PARA PORTON DE USO INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>ADQUISICION MATERIALES PARA BUCEO</t>
+  </si>
+  <si>
+    <t>ADQUISICION DE ALIMENTOS PARA USO INDUSTRIALY PERSONAL DE SEGURIDAD</t>
+  </si>
+  <si>
+    <t>CONTRATACION DE SERVICIOS DE HERRERIA PARA EL PORTON PRINCIPAL DE ESTE ACUARIO NACIONAL</t>
+  </si>
+  <si>
+    <t>E450000003508</t>
+  </si>
+  <si>
+    <t>E450000002411</t>
+  </si>
+  <si>
+    <t>E450000002412</t>
+  </si>
+  <si>
+    <t>E450000002413</t>
+  </si>
+  <si>
+    <t>B1500000225</t>
+  </si>
+  <si>
+    <t>B1500000123</t>
+  </si>
+  <si>
+    <t>B1500000219</t>
+  </si>
+  <si>
+    <t>B1500000387</t>
+  </si>
+  <si>
+    <t>B150000146</t>
+  </si>
+  <si>
+    <t>B1500000434</t>
+  </si>
+  <si>
+    <t>B1500000385</t>
   </si>
   <si>
     <t>Julio Arias Trinidad</t>
   </si>
   <si>
     <t>Encargado Financiero</t>
   </si>
   <si>
-    <t>CONSECUTIVO</t>
-[...176 lines deleted...]
-    <t>RELACION DE CUENTAS POR SUPLIDORES CORRESPONDIENTE AL MES DE SEPTIEMBRE AÑO 2025</t>
+    <t>Relacion de Estado de Cuetas de Suplidores Septiembre del 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00;[Red]&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...16 lines deleted...]
-    </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA3DBFF"/>
-        <bgColor rgb="FFA3DBFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF000000"/>
-[...23 lines deleted...]
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="17" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...60 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2133600</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>1905000</xdr:colOff>
-[...3 lines deleted...]
-    <xdr:ext cx="2914650" cy="590550"/>
+      <xdr:colOff>762000</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="image1.png"/>
-        <xdr:cNvPicPr preferRelativeResize="0"/>
+        <xdr:cNvPr id="3" name="Imagen 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{453423E5-88C2-4A54-BB4C-4A5AD9DB1A92}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="5857875" y="171450"/>
+          <a:off x="5438775" y="66675"/>
           <a:ext cx="2914650" cy="590550"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
       </xdr:spPr>
     </xdr:pic>
-    <xdr:clientData fLocksWithSheet="0"/>
-  </xdr:oneCellAnchor>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -687,51 +789,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -829,1004 +931,1076 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M34"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I46"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F35" sqref="F35"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <pane ySplit="11" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D44" sqref="D44"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.7109375" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="16.28515625" customWidth="1"/>
+    <col min="1" max="1" width="28.140625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="48.140625" style="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="16.140625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="11.5703125" style="4" customWidth="1"/>
+    <col min="6" max="6" width="13.85546875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="10.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.42578125" style="2"/>
+    <col min="9" max="9" width="15.28515625" style="2" customWidth="1"/>
+    <col min="10" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="4" customFormat="1" ht="12" customHeight="1">
-[...122 lines deleted...]
-      <c r="A9" s="11" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1" s="25"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="25"/>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
+      <c r="F2" s="25"/>
+      <c r="G2" s="25"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="25"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="25"/>
+      <c r="G4" s="25"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="25"/>
+      <c r="B5" s="25"/>
+      <c r="C5" s="25"/>
+      <c r="D5" s="25"/>
+      <c r="E5" s="25"/>
+      <c r="F5" s="25"/>
+      <c r="G5" s="25"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="25"/>
+      <c r="B6" s="25"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="25"/>
+      <c r="E6" s="25"/>
+      <c r="F6" s="25"/>
+      <c r="G6" s="25"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="26"/>
+      <c r="B7" s="26"/>
+      <c r="C7" s="26"/>
+      <c r="D7" s="26"/>
+      <c r="E7" s="26"/>
+      <c r="F7" s="26"/>
+      <c r="G7" s="26"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="16"/>
+      <c r="B8" s="16"/>
+      <c r="C8" s="16"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="16"/>
+      <c r="G8" s="16"/>
+    </row>
+    <row r="9" spans="1:9" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="A9" s="6"/>
+      <c r="C9" s="19" t="s">
+        <v>98</v>
+      </c>
+      <c r="D9" s="7"/>
+    </row>
+    <row r="10" spans="1:9" ht="20.25" x14ac:dyDescent="0.2">
+      <c r="A10" s="6"/>
+      <c r="C10" s="18"/>
+      <c r="D10" s="7"/>
+    </row>
+    <row r="11" spans="1:9" s="11" customFormat="1" ht="31.5" x14ac:dyDescent="0.15">
+      <c r="A11" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="C11" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="D11" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="G11" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="H11" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="I11" s="15" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="5" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+      <c r="A12" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="11" t="s">
-[...14 lines deleted...]
-      <c r="G9" s="12" t="s">
+      <c r="G12" s="21">
+        <v>55535.8</v>
+      </c>
+      <c r="H12" s="22">
+        <v>0</v>
+      </c>
+      <c r="I12" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="5" customFormat="1" ht="36" x14ac:dyDescent="0.2">
+      <c r="A13" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="H9" s="12" t="s">
-[...8 lines deleted...]
-      <c r="K9" s="16" t="s">
+      <c r="C13" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="8">
+        <v>45899</v>
+      </c>
+      <c r="E13" s="21">
+        <v>39166.65</v>
+      </c>
+      <c r="F13" s="8">
+        <v>45917</v>
+      </c>
+      <c r="G13" s="21">
+        <v>39166.65</v>
+      </c>
+      <c r="H13" s="22">
+        <v>0</v>
+      </c>
+      <c r="I13" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="L9" s="17"/>
-[...16 lines deleted...]
-      <c r="L10" s="24" t="s">
+    </row>
+    <row r="14" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" s="8">
+        <v>45895</v>
+      </c>
+      <c r="E14" s="21">
+        <v>208450</v>
+      </c>
+      <c r="F14" s="8">
+        <v>45917</v>
+      </c>
+      <c r="G14" s="21">
+        <v>208450</v>
+      </c>
+      <c r="H14" s="22">
+        <v>0</v>
+      </c>
+      <c r="I14" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="5" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+      <c r="A15" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="8">
+        <v>45901</v>
+      </c>
+      <c r="E15" s="21">
+        <v>9358</v>
+      </c>
+      <c r="F15" s="8">
+        <v>45917</v>
+      </c>
+      <c r="G15" s="21">
+        <v>9358</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0</v>
+      </c>
+      <c r="I15" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D16" s="8">
+        <v>45902</v>
+      </c>
+      <c r="E16" s="21">
+        <v>41300</v>
+      </c>
+      <c r="F16" s="8">
+        <v>45925</v>
+      </c>
+      <c r="G16" s="21">
+        <f>+E16</f>
+        <v>41300</v>
+      </c>
+      <c r="H16" s="22">
+        <v>0</v>
+      </c>
+      <c r="I16" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A17" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="M10" s="24" t="s">
+      <c r="B17" s="10" t="s">
         <v>13</v>
       </c>
-    </row>
-[...53 lines deleted...]
-      <c r="F12" s="28">
+      <c r="C17" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" s="8">
         <v>45899</v>
       </c>
-      <c r="G12" s="28">
-[...58 lines deleted...]
-      <c r="B14" s="26" t="s">
+      <c r="E17" s="21">
+        <v>13883.95</v>
+      </c>
+      <c r="F17" s="8">
+        <v>45925</v>
+      </c>
+      <c r="G17" s="21">
+        <f t="shared" ref="G17:G21" si="0">+E17</f>
+        <v>13883.95</v>
+      </c>
+      <c r="H17" s="22">
+        <v>0</v>
+      </c>
+      <c r="I17" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A18" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="C14" s="26" t="s">
-[...33 lines deleted...]
-      <c r="B15" s="26" t="s">
+      <c r="D18" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E18" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="26" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="26" t="s">
+      <c r="F18" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="E15" s="27">
-[...87 lines deleted...]
-      <c r="I17" s="27" t="str">
+      <c r="G18" s="21" t="str">
         <f t="shared" si="0"/>
         <v>3,805.50   7,906.00</v>
       </c>
-      <c r="J17" s="29">
-[...21 lines deleted...]
-      <c r="E18" s="27">
+      <c r="H18" s="22">
+        <v>0</v>
+      </c>
+      <c r="I18" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A19" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="D19" s="8">
+        <v>45884</v>
+      </c>
+      <c r="E19" s="21">
         <v>136797.4</v>
       </c>
-      <c r="F18" s="28">
-[...5 lines deleted...]
-      <c r="H18" s="28">
+      <c r="F19" s="8">
         <v>45930</v>
       </c>
-      <c r="I18" s="27">
+      <c r="G19" s="21">
         <f t="shared" si="0"/>
         <v>136797.4</v>
       </c>
-      <c r="J18" s="29">
-[...21 lines deleted...]
-      <c r="E19" s="27">
+      <c r="H19" s="22">
+        <v>0</v>
+      </c>
+      <c r="I19" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A20" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D20" s="8">
+        <v>45797</v>
+      </c>
+      <c r="E20" s="21">
         <v>72789.5</v>
       </c>
-      <c r="F19" s="28">
-[...5 lines deleted...]
-      <c r="H19" s="28">
+      <c r="F20" s="8">
         <v>45931</v>
       </c>
-      <c r="I19" s="27">
+      <c r="G20" s="21">
         <f t="shared" si="0"/>
         <v>72789.5</v>
       </c>
-      <c r="J19" s="29">
-[...9 lines deleted...]
-      <c r="A20" s="25">
+      <c r="H20" s="22">
+        <v>0</v>
+      </c>
+      <c r="I20" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="B20" s="26" t="s">
-[...8 lines deleted...]
-      <c r="E20" s="27">
+    </row>
+    <row r="21" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A21" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D21" s="8">
+        <v>45920</v>
+      </c>
+      <c r="E21" s="21">
         <v>66495</v>
       </c>
-      <c r="F20" s="28">
-[...5 lines deleted...]
-      <c r="H20" s="28">
+      <c r="F21" s="8">
         <v>45937</v>
       </c>
-      <c r="I20" s="27">
+      <c r="G21" s="21">
         <f t="shared" si="0"/>
         <v>66495</v>
       </c>
-      <c r="J20" s="29">
-[...9 lines deleted...]
-      <c r="A21" s="25">
+      <c r="H21" s="22">
+        <v>0</v>
+      </c>
+      <c r="I21" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" s="5" customFormat="1" ht="72" x14ac:dyDescent="0.2">
+      <c r="A22" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" s="8">
+        <v>45910</v>
+      </c>
+      <c r="E22" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" s="8">
+        <v>45938</v>
+      </c>
+      <c r="G22" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22" s="22">
+        <v>0</v>
+      </c>
+      <c r="I22" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" s="8">
+        <v>45908</v>
+      </c>
+      <c r="E23" s="21">
+        <v>28202</v>
+      </c>
+      <c r="F23" s="8">
+        <v>45938</v>
+      </c>
+      <c r="G23" s="21">
+        <v>28202</v>
+      </c>
+      <c r="H23" s="22">
+        <v>0</v>
+      </c>
+      <c r="I23" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A24" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D24" s="8">
+        <v>45928</v>
+      </c>
+      <c r="E24" s="21">
+        <v>25993.5</v>
+      </c>
+      <c r="F24" s="8">
+        <v>45944</v>
+      </c>
+      <c r="G24" s="21">
+        <v>25993.5</v>
+      </c>
+      <c r="H24" s="22">
+        <v>0</v>
+      </c>
+      <c r="I24" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A25" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="8">
+        <v>45908</v>
+      </c>
+      <c r="E25" s="21">
+        <v>244260</v>
+      </c>
+      <c r="F25" s="8">
+        <v>45938</v>
+      </c>
+      <c r="G25" s="21">
+        <v>244260</v>
+      </c>
+      <c r="H25" s="22">
+        <v>0</v>
+      </c>
+      <c r="I25" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A26" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" s="8">
+        <v>45922</v>
+      </c>
+      <c r="E26" s="21">
+        <v>2156529.19</v>
+      </c>
+      <c r="F26" s="8">
+        <v>45940</v>
+      </c>
+      <c r="G26" s="21">
+        <v>2156529.19</v>
+      </c>
+      <c r="H26" s="22">
+        <v>0</v>
+      </c>
+      <c r="I26" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A27" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" s="8">
+        <v>45919</v>
+      </c>
+      <c r="E27" s="21">
+        <v>54487.5</v>
+      </c>
+      <c r="F27" s="8">
+        <v>45940</v>
+      </c>
+      <c r="G27" s="21">
+        <v>54487.5</v>
+      </c>
+      <c r="H27" s="22">
+        <v>0</v>
+      </c>
+      <c r="I27" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A28" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D28" s="8">
+        <v>45926</v>
+      </c>
+      <c r="E28" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="F28" s="8">
+        <v>45941</v>
+      </c>
+      <c r="G28" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="H28" s="22">
+        <v>0</v>
+      </c>
+      <c r="I28" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A29" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D29" s="8">
+        <v>45922</v>
+      </c>
+      <c r="E29" s="21">
+        <v>1554964.64</v>
+      </c>
+      <c r="F29" s="8">
+        <v>45945</v>
+      </c>
+      <c r="G29" s="21">
+        <v>1554964.64</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" s="8">
+        <v>45902</v>
+      </c>
+      <c r="E30" s="21">
+        <v>2345</v>
+      </c>
+      <c r="F30" s="8">
+        <v>45917</v>
+      </c>
+      <c r="G30" s="22">
+        <v>0</v>
+      </c>
+      <c r="H30" s="21">
+        <v>2345</v>
+      </c>
+      <c r="I30" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="B21" s="26" t="s">
-[...17 lines deleted...]
-      <c r="H21" s="28">
+    </row>
+    <row r="31" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="8">
+        <v>45909</v>
+      </c>
+      <c r="E31" s="21">
+        <v>2010</v>
+      </c>
+      <c r="F31" s="8">
+        <v>45924</v>
+      </c>
+      <c r="G31" s="21">
+        <v>0</v>
+      </c>
+      <c r="H31" s="21">
+        <v>2010</v>
+      </c>
+      <c r="I31" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D32" s="8">
+        <v>45916</v>
+      </c>
+      <c r="E32" s="21">
+        <v>2010</v>
+      </c>
+      <c r="F32" s="8">
+        <v>45931</v>
+      </c>
+      <c r="G32" s="21">
+        <v>0</v>
+      </c>
+      <c r="H32" s="21">
+        <v>2010</v>
+      </c>
+      <c r="I32" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="8">
+        <v>45930</v>
+      </c>
+      <c r="E33" s="21">
+        <v>4020</v>
+      </c>
+      <c r="F33" s="8">
+        <v>45945</v>
+      </c>
+      <c r="G33" s="21">
+        <v>0</v>
+      </c>
+      <c r="H33" s="21">
+        <v>4020</v>
+      </c>
+      <c r="I33" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" s="5" customFormat="1" ht="36" x14ac:dyDescent="0.2">
+      <c r="A34" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D34" s="8">
+        <v>45923</v>
+      </c>
+      <c r="E34" s="21">
+        <v>10000</v>
+      </c>
+      <c r="F34" s="8">
+        <v>45939</v>
+      </c>
+      <c r="G34" s="21">
+        <v>0</v>
+      </c>
+      <c r="H34" s="21">
+        <v>10000</v>
+      </c>
+      <c r="I34" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A35" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="8">
+        <v>45929</v>
+      </c>
+      <c r="E35" s="21">
+        <v>46964</v>
+      </c>
+      <c r="F35" s="8">
+        <v>45946</v>
+      </c>
+      <c r="G35" s="21">
+        <v>0</v>
+      </c>
+      <c r="H35" s="21">
+        <v>46964</v>
+      </c>
+      <c r="I35" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" s="5" customFormat="1" ht="36" x14ac:dyDescent="0.2">
+      <c r="A36" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D36" s="8">
+        <v>45922</v>
+      </c>
+      <c r="E36" s="21">
+        <v>114492.1</v>
+      </c>
+      <c r="F36" s="8">
+        <v>45945</v>
+      </c>
+      <c r="G36" s="21">
+        <v>0</v>
+      </c>
+      <c r="H36" s="21">
+        <v>114492.1</v>
+      </c>
+      <c r="I36" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A37" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D37" s="8">
+        <v>45923</v>
+      </c>
+      <c r="E37" s="21">
+        <v>72330</v>
+      </c>
+      <c r="F37" s="8">
         <v>45938</v>
       </c>
-      <c r="I21" s="27" t="s">
-[...33 lines deleted...]
-      <c r="H22" s="28">
+      <c r="G37" s="21">
+        <v>0</v>
+      </c>
+      <c r="H37" s="21">
+        <v>72330</v>
+      </c>
+      <c r="I37" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D38" s="8">
+        <v>45925</v>
+      </c>
+      <c r="E38" s="21">
+        <v>26440.12</v>
+      </c>
+      <c r="F38" s="8">
+        <v>45940</v>
+      </c>
+      <c r="G38" s="21">
+        <v>0</v>
+      </c>
+      <c r="H38" s="21">
+        <v>26440.12</v>
+      </c>
+      <c r="I38" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A39" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D39" s="8">
+        <v>45923</v>
+      </c>
+      <c r="E39" s="21">
+        <v>181285.75</v>
+      </c>
+      <c r="F39" s="8">
         <v>45938</v>
       </c>
-      <c r="I22" s="27">
-[...203 lines deleted...]
-      <c r="C28" s="26" t="s">
+      <c r="G39" s="21">
+        <v>0</v>
+      </c>
+      <c r="H39" s="21">
+        <v>181285.75</v>
+      </c>
+      <c r="I39" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" s="5" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A40" s="10" t="s">
         <v>74</v>
       </c>
-      <c r="D28" s="26" t="s">
-[...63 lines deleted...]
-        <v>16</v>
+      <c r="B40" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>95</v>
+      </c>
+      <c r="D40" s="8">
+        <v>45917</v>
+      </c>
+      <c r="E40" s="21">
+        <v>42400</v>
+      </c>
+      <c r="F40" s="8">
+        <v>45942</v>
+      </c>
+      <c r="G40" s="21">
+        <v>0</v>
+      </c>
+      <c r="H40" s="21">
+        <v>42400</v>
+      </c>
+      <c r="I40" s="24" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="B45" s="27" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="B46" s="27" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...2 lines deleted...]
-    <mergeCell ref="A1:M6"/>
+  <mergeCells count="2">
+    <mergeCell ref="A1:G6"/>
+    <mergeCell ref="A7:G7"/>
   </mergeCells>
+  <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="39" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup scale="52" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Suplidores!Área_de_impresión</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Diana Mejia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>