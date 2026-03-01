--- v0 (2025-11-09)
+++ v1 (2026-03-01)
@@ -1,79 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\Portal de transparencia 2025\datos abiertos\estadistica de visitante\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jreinoso\Desktop\Portal de Transparencia\13_Datos Abiertos\Estadísticas de Visitantes\2025\Cuarto Trimestre\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F6CF6E01-912F-4B56-BB8C-89EADFE71AF2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7020"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="6-9_Estadisticas de Visitantes " sheetId="2" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B167" i="2" l="1"/>
   <c r="B168" i="2"/>
   <c r="B169" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="21">
   <si>
     <t>Niños Nacionales</t>
   </si>
   <si>
     <t>Adultos Nacionales</t>
   </si>
   <si>
     <t>Adultos Extranjeros</t>
   </si>
   <si>
     <t>Niños Extranjeros</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Enero</t>
   </si>
   <si>
     <t>Febrero</t>
   </si>
   <si>
@@ -97,51 +111,51 @@
   <si>
     <t>Septiembre</t>
   </si>
   <si>
     <t>Octubre</t>
   </si>
   <si>
     <t>Noviembre</t>
   </si>
   <si>
     <t>Diciembre</t>
   </si>
   <si>
     <t>noviembre</t>
   </si>
   <si>
     <t xml:space="preserve">Abril </t>
   </si>
   <si>
     <t xml:space="preserve">Agosto </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -166,246 +180,242 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
-    <cellStyle name="Comma 2" xfId="3"/>
-[...1 lines deleted...]
-    <cellStyle name="Millares 3" xfId="2"/>
+    <cellStyle name="Comma 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Millares 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Millares 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/jreinoso/Desktop/Portal%20de%20Transparencia/6_Estad&#237;sticas%20Institucionales/2023/Cuarto%20trimestre/Reporte%20visitas%20Octubre-Diciembre%202023.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Visitacion Sept.2007-Sept.2008"/>
       <sheetName val="visitacion 2010-2011"/>
       <sheetName val="Visitacion2016-17-18-Educación"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2">
         <row r="11">
           <cell r="A11" t="str">
             <v>Octubre</v>
           </cell>
         </row>
         <row r="12">
           <cell r="A12" t="str">
             <v>Noviembre</v>
           </cell>
         </row>
         <row r="13">
           <cell r="A13" t="str">
             <v xml:space="preserve">Diciembre </v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -538,2005 +548,2005 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H190"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:H193"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A179" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I184" sqref="I184"/>
+    <sheetView tabSelected="1" topLeftCell="A184" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F199" sqref="F199"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="2">
         <v>2010</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="3">
+      <c r="C2" s="2">
         <v>11705</v>
       </c>
-      <c r="D2" s="3">
+      <c r="D2" s="2">
         <v>5434</v>
       </c>
-      <c r="E2" s="3">
+      <c r="E2" s="2">
         <v>1851</v>
       </c>
-      <c r="F2" s="3">
+      <c r="F2" s="2">
         <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>2010</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="3">
+      <c r="C3" s="2">
         <v>9854</v>
       </c>
-      <c r="D3" s="3">
+      <c r="D3" s="2">
         <v>6873</v>
       </c>
-      <c r="E3" s="3">
+      <c r="E3" s="2">
         <v>1188</v>
       </c>
-      <c r="F3" s="3">
+      <c r="F3" s="2">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>2010</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C4" s="3">
+      <c r="C4" s="2">
         <v>12449</v>
       </c>
-      <c r="D4" s="3">
+      <c r="D4" s="2">
         <v>10342</v>
       </c>
-      <c r="E4" s="3">
+      <c r="E4" s="2">
         <v>1287</v>
       </c>
-      <c r="F4" s="3">
+      <c r="F4" s="2">
         <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>2010</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="3">
+      <c r="C5" s="2">
         <v>13496</v>
       </c>
-      <c r="D5" s="3">
+      <c r="D5" s="2">
         <v>9095</v>
       </c>
-      <c r="E5" s="3">
+      <c r="E5" s="2">
         <v>983</v>
       </c>
-      <c r="F5" s="3">
+      <c r="F5" s="2">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
         <v>2010</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C6" s="3">
+      <c r="C6" s="2">
         <v>10323</v>
       </c>
-      <c r="D6" s="3">
+      <c r="D6" s="2">
         <v>7702</v>
       </c>
-      <c r="E6" s="3">
+      <c r="E6" s="2">
         <v>790</v>
       </c>
-      <c r="F6" s="3">
+      <c r="F6" s="2">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>2010</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="3">
+      <c r="C7" s="2">
         <v>8614</v>
       </c>
-      <c r="D7" s="3">
+      <c r="D7" s="2">
         <v>5060</v>
       </c>
-      <c r="E7" s="3">
+      <c r="E7" s="2">
         <v>991</v>
       </c>
-      <c r="F7" s="3">
+      <c r="F7" s="2">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <v>2010</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="3">
+      <c r="C8" s="2">
         <v>15483</v>
       </c>
-      <c r="D8" s="3">
+      <c r="D8" s="2">
         <v>12612</v>
       </c>
-      <c r="E8" s="3">
+      <c r="E8" s="2">
         <v>1226</v>
       </c>
-      <c r="F8" s="3">
+      <c r="F8" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>2010</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="3">
+      <c r="C9" s="2">
         <v>15486</v>
       </c>
-      <c r="D9" s="3">
+      <c r="D9" s="2">
         <v>9310</v>
       </c>
-      <c r="E9" s="3">
+      <c r="E9" s="2">
         <v>976</v>
       </c>
-      <c r="F9" s="3">
+      <c r="F9" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
         <v>2010</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="3">
+      <c r="C10" s="2">
         <v>7347</v>
       </c>
-      <c r="D10" s="3">
+      <c r="D10" s="2">
         <v>4000</v>
       </c>
-      <c r="E10" s="3">
+      <c r="E10" s="2">
         <v>550</v>
       </c>
-      <c r="F10" s="3">
+      <c r="F10" s="2">
         <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>2010</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C11" s="3">
+      <c r="C11" s="2">
         <v>8827</v>
       </c>
-      <c r="D11" s="3">
+      <c r="D11" s="2">
         <v>7173</v>
       </c>
-      <c r="E11" s="3">
+      <c r="E11" s="2">
         <v>659</v>
       </c>
-      <c r="F11" s="3">
+      <c r="F11" s="2">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
         <v>2010</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C12" s="3">
+      <c r="C12" s="2">
         <v>6248</v>
       </c>
-      <c r="D12" s="3">
+      <c r="D12" s="2">
         <v>8394</v>
       </c>
-      <c r="E12" s="3">
+      <c r="E12" s="2">
         <v>802</v>
       </c>
-      <c r="F12" s="3">
+      <c r="F12" s="2">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>2010</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C13" s="3">
+      <c r="C13" s="2">
         <v>6978</v>
       </c>
-      <c r="D13" s="3">
+      <c r="D13" s="2">
         <v>6113</v>
       </c>
-      <c r="E13" s="3">
+      <c r="E13" s="2">
         <v>1057</v>
       </c>
-      <c r="F13" s="3">
+      <c r="F13" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="2">
         <v>2011</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C14" s="3">
+      <c r="C14" s="2">
         <v>11464</v>
       </c>
-      <c r="D14" s="3">
+      <c r="D14" s="2">
         <v>5793</v>
       </c>
-      <c r="E14" s="3">
+      <c r="E14" s="2">
         <v>832</v>
       </c>
-      <c r="F14" s="3">
+      <c r="F14" s="2">
         <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <v>2011</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C15" s="3">
+      <c r="C15" s="2">
         <v>7482</v>
       </c>
-      <c r="D15" s="3">
+      <c r="D15" s="2">
         <v>6170</v>
       </c>
-      <c r="E15" s="3">
+      <c r="E15" s="2">
         <v>821</v>
       </c>
-      <c r="F15" s="3">
+      <c r="F15" s="2">
         <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="2">
         <v>2011</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C16" s="3">
+      <c r="C16" s="2">
         <v>10876</v>
       </c>
-      <c r="D16" s="3">
+      <c r="D16" s="2">
         <v>11468</v>
       </c>
-      <c r="E16" s="3">
+      <c r="E16" s="2">
         <v>804</v>
       </c>
-      <c r="F16" s="3">
+      <c r="F16" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <v>2011</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C17" s="3">
+      <c r="C17" s="2">
         <v>10771</v>
       </c>
-      <c r="D17" s="3">
+      <c r="D17" s="2">
         <v>9947</v>
       </c>
-      <c r="E17" s="3">
+      <c r="E17" s="2">
         <v>657</v>
       </c>
-      <c r="F17" s="3">
+      <c r="F17" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="2">
         <v>2011</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C18" s="3">
+      <c r="C18" s="2">
         <v>9939</v>
       </c>
-      <c r="D18" s="3">
+      <c r="D18" s="2">
         <v>8437</v>
       </c>
-      <c r="E18" s="3">
+      <c r="E18" s="2">
         <v>553</v>
       </c>
-      <c r="F18" s="3">
+      <c r="F18" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="2">
         <v>2011</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C19" s="3">
+      <c r="C19" s="2">
         <v>8222</v>
       </c>
-      <c r="D19" s="3">
+      <c r="D19" s="2">
         <v>5688</v>
       </c>
-      <c r="E19" s="3">
+      <c r="E19" s="2">
         <v>884</v>
       </c>
-      <c r="F19" s="3">
+      <c r="F19" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="2">
         <v>2011</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C20" s="3">
+      <c r="C20" s="2">
         <v>13133</v>
       </c>
-      <c r="D20" s="3">
+      <c r="D20" s="2">
         <v>10046</v>
       </c>
-      <c r="E20" s="3">
+      <c r="E20" s="2">
         <v>1352</v>
       </c>
-      <c r="F20" s="3">
+      <c r="F20" s="2">
         <v>231</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="2">
         <v>2011</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C21" s="3">
+      <c r="C21" s="2">
         <v>10003</v>
       </c>
-      <c r="D21" s="3">
+      <c r="D21" s="2">
         <v>5682</v>
       </c>
-      <c r="E21" s="3">
+      <c r="E21" s="2">
         <v>819</v>
       </c>
-      <c r="F21" s="3">
+      <c r="F21" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="2">
         <v>2011</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C22" s="3">
+      <c r="C22" s="2">
         <v>6618</v>
       </c>
-      <c r="D22" s="3">
+      <c r="D22" s="2">
         <v>3211</v>
       </c>
-      <c r="E22" s="3">
+      <c r="E22" s="2">
         <v>629</v>
       </c>
-      <c r="F22" s="3">
+      <c r="F22" s="2">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="2">
         <v>2011</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C23" s="3">
+      <c r="C23" s="2">
         <v>7533</v>
       </c>
-      <c r="D23" s="3">
+      <c r="D23" s="2">
         <v>5265</v>
       </c>
-      <c r="E23" s="3">
+      <c r="E23" s="2">
         <v>588</v>
       </c>
-      <c r="F23" s="3">
+      <c r="F23" s="2">
         <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="2">
         <v>2011</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C24" s="3">
+      <c r="C24" s="2">
         <v>7112</v>
       </c>
-      <c r="D24" s="3">
+      <c r="D24" s="2">
         <v>7697</v>
       </c>
-      <c r="E24" s="3">
+      <c r="E24" s="2">
         <v>697</v>
       </c>
-      <c r="F24" s="3">
+      <c r="F24" s="2">
         <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="2">
         <v>2011</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C25" s="3">
+      <c r="C25" s="2">
         <v>5992</v>
       </c>
-      <c r="D25" s="3">
+      <c r="D25" s="2">
         <v>5347</v>
       </c>
-      <c r="E25" s="3">
+      <c r="E25" s="2">
         <v>888</v>
       </c>
-      <c r="F25" s="3">
+      <c r="F25" s="2">
         <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="2">
         <v>2012</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C26" s="3">
+      <c r="C26" s="2">
         <v>9224</v>
       </c>
-      <c r="D26" s="3">
+      <c r="D26" s="2">
         <v>3974</v>
       </c>
-      <c r="E26" s="3">
+      <c r="E26" s="2">
         <v>1187</v>
       </c>
-      <c r="F26" s="3">
+      <c r="F26" s="2">
         <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" s="2">
         <v>2012</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C27" s="3">
+      <c r="C27" s="2">
         <v>7632</v>
       </c>
-      <c r="D27" s="3">
+      <c r="D27" s="2">
         <v>6698</v>
       </c>
-      <c r="E27" s="3">
+      <c r="E27" s="2">
         <v>1030</v>
       </c>
-      <c r="F27" s="3">
+      <c r="F27" s="2">
         <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="2">
         <v>2012</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C28" s="3">
+      <c r="C28" s="2">
         <v>10193</v>
       </c>
-      <c r="D28" s="3">
+      <c r="D28" s="2">
         <v>12027</v>
       </c>
-      <c r="E28" s="3">
+      <c r="E28" s="2">
         <v>806</v>
       </c>
-      <c r="F28" s="3">
+      <c r="F28" s="2">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="2">
         <v>2012</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C29" s="3">
+      <c r="C29" s="2">
         <v>9786</v>
       </c>
-      <c r="D29" s="3">
+      <c r="D29" s="2">
         <v>7141</v>
       </c>
-      <c r="E29" s="3">
+      <c r="E29" s="2">
         <v>919</v>
       </c>
-      <c r="F29" s="3">
+      <c r="F29" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="2">
         <v>2012</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C30" s="3">
+      <c r="C30" s="2">
         <v>7136</v>
       </c>
-      <c r="D30" s="3">
+      <c r="D30" s="2">
         <v>6654</v>
       </c>
-      <c r="E30" s="3">
+      <c r="E30" s="2">
         <v>542</v>
       </c>
-      <c r="F30" s="3">
+      <c r="F30" s="2">
         <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="2">
         <v>2012</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C31" s="3">
+      <c r="C31" s="2">
         <v>9645</v>
       </c>
-      <c r="D31" s="3">
+      <c r="D31" s="2">
         <v>6277</v>
       </c>
-      <c r="E31" s="3">
+      <c r="E31" s="2">
         <v>706</v>
       </c>
-      <c r="F31" s="3">
+      <c r="F31" s="2">
         <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="2">
         <v>2012</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C32" s="3">
+      <c r="C32" s="2">
         <v>13487</v>
       </c>
-      <c r="D32" s="3">
+      <c r="D32" s="2">
         <v>9877</v>
       </c>
-      <c r="E32" s="3">
+      <c r="E32" s="2">
         <v>1163</v>
       </c>
-      <c r="F32" s="3">
+      <c r="F32" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="2">
         <v>2012</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C33" s="3">
+      <c r="C33" s="2">
         <v>8282</v>
       </c>
-      <c r="D33" s="3">
+      <c r="D33" s="2">
         <v>4806</v>
       </c>
-      <c r="E33" s="3">
+      <c r="E33" s="2">
         <v>838</v>
       </c>
-      <c r="F33" s="3">
+      <c r="F33" s="2">
         <v>159</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="2">
         <v>2012</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C34" s="3">
+      <c r="C34" s="2">
         <v>7495</v>
       </c>
-      <c r="D34" s="3">
+      <c r="D34" s="2">
         <v>3628</v>
       </c>
-      <c r="E34" s="3">
+      <c r="E34" s="2">
         <v>939</v>
       </c>
-      <c r="F34" s="3">
+      <c r="F34" s="2">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="2">
         <v>2012</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C35" s="3">
+      <c r="C35" s="2">
         <v>5226</v>
       </c>
-      <c r="D35" s="3">
+      <c r="D35" s="2">
         <v>3406</v>
       </c>
-      <c r="E35" s="3">
+      <c r="E35" s="2">
         <v>963</v>
       </c>
-      <c r="F35" s="3">
+      <c r="F35" s="2">
         <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A36" s="2">
         <v>2012</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C36" s="3">
+      <c r="C36" s="2">
         <v>8653</v>
       </c>
-      <c r="D36" s="3">
+      <c r="D36" s="2">
         <v>8427</v>
       </c>
-      <c r="E36" s="3">
+      <c r="E36" s="2">
         <v>1400</v>
       </c>
-      <c r="F36" s="3">
+      <c r="F36" s="2">
         <v>76</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="2">
         <v>2012</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C37" s="3">
+      <c r="C37" s="2">
         <v>6480</v>
       </c>
-      <c r="D37" s="3">
+      <c r="D37" s="2">
         <v>4052</v>
       </c>
-      <c r="E37" s="3">
+      <c r="E37" s="2">
         <v>1187</v>
       </c>
-      <c r="F37" s="3">
+      <c r="F37" s="2">
         <v>119</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="2">
         <v>2013</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C38" s="3">
+      <c r="C38" s="2">
         <v>8333</v>
       </c>
-      <c r="D38" s="3">
+      <c r="D38" s="2">
         <v>3813</v>
       </c>
-      <c r="E38" s="3">
+      <c r="E38" s="2">
         <v>1605</v>
       </c>
-      <c r="F38" s="3">
+      <c r="F38" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="2">
         <v>2013</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C39" s="3">
+      <c r="C39" s="2">
         <v>6282</v>
       </c>
-      <c r="D39" s="3">
+      <c r="D39" s="2">
         <v>5100</v>
       </c>
-      <c r="E39" s="3">
+      <c r="E39" s="2">
         <v>1253</v>
       </c>
-      <c r="F39" s="3">
+      <c r="F39" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" s="2">
         <v>2013</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C40" s="3">
+      <c r="C40" s="2">
         <v>9590</v>
       </c>
-      <c r="D40" s="3">
+      <c r="D40" s="2">
         <v>8601</v>
       </c>
-      <c r="E40" s="3">
+      <c r="E40" s="2">
         <v>1300</v>
       </c>
-      <c r="F40" s="3">
+      <c r="F40" s="2">
         <v>92</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" s="2">
         <v>2013</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C41" s="3">
+      <c r="C41" s="2">
         <v>9950</v>
       </c>
-      <c r="D41" s="3">
+      <c r="D41" s="2">
         <v>8392</v>
       </c>
-      <c r="E41" s="3">
+      <c r="E41" s="2">
         <v>1056</v>
       </c>
-      <c r="F41" s="3">
+      <c r="F41" s="2">
         <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="2">
         <v>2013</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C42" s="3">
+      <c r="C42" s="2">
         <v>9763</v>
       </c>
-      <c r="D42" s="3">
+      <c r="D42" s="2">
         <v>10125</v>
       </c>
-      <c r="E42" s="3">
+      <c r="E42" s="2">
         <v>1036</v>
       </c>
-      <c r="F42" s="3">
+      <c r="F42" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="2">
         <v>2013</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C43" s="3">
+      <c r="C43" s="2">
         <v>8356</v>
       </c>
-      <c r="D43" s="3">
+      <c r="D43" s="2">
         <v>5658</v>
       </c>
-      <c r="E43" s="3">
+      <c r="E43" s="2">
         <v>1047</v>
       </c>
-      <c r="F43" s="3">
+      <c r="F43" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" s="2">
         <v>2013</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C44" s="3">
+      <c r="C44" s="2">
         <v>11203</v>
       </c>
-      <c r="D44" s="3">
+      <c r="D44" s="2">
         <v>8435</v>
       </c>
-      <c r="E44" s="3">
+      <c r="E44" s="2">
         <v>1444</v>
       </c>
-      <c r="F44" s="3">
+      <c r="F44" s="2">
         <v>208</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="2">
         <v>2013</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C45" s="3">
+      <c r="C45" s="2">
         <v>9395</v>
       </c>
-      <c r="D45" s="3">
+      <c r="D45" s="2">
         <v>5618</v>
       </c>
-      <c r="E45" s="3">
+      <c r="E45" s="2">
         <v>1223</v>
       </c>
-      <c r="F45" s="3">
+      <c r="F45" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="2">
         <v>2013</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C46" s="3">
+      <c r="C46" s="2">
         <v>6747</v>
       </c>
-      <c r="D46" s="3">
+      <c r="D46" s="2">
         <v>3728</v>
       </c>
-      <c r="E46" s="3">
+      <c r="E46" s="2">
         <v>780</v>
       </c>
-      <c r="F46" s="3">
+      <c r="F46" s="2">
         <v>44</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="2">
         <v>2013</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C47" s="3">
+      <c r="C47" s="2">
         <v>6188</v>
       </c>
-      <c r="D47" s="3">
+      <c r="D47" s="2">
         <v>3813</v>
       </c>
-      <c r="E47" s="3">
+      <c r="E47" s="2">
         <v>938</v>
       </c>
-      <c r="F47" s="3">
+      <c r="F47" s="2">
         <v>86</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A48" s="2">
         <v>2013</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C48" s="3">
+      <c r="C48" s="2">
         <v>8571</v>
       </c>
-      <c r="D48" s="3">
+      <c r="D48" s="2">
         <v>8714</v>
       </c>
-      <c r="E48" s="3">
+      <c r="E48" s="2">
         <v>1310</v>
       </c>
-      <c r="F48" s="3">
+      <c r="F48" s="2">
         <v>73</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="2">
         <v>2013</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C49" s="3">
+      <c r="C49" s="2">
         <v>6872</v>
       </c>
-      <c r="D49" s="3">
+      <c r="D49" s="2">
         <v>5537</v>
       </c>
-      <c r="E49" s="3">
+      <c r="E49" s="2">
         <v>1455</v>
       </c>
-      <c r="F49" s="3">
+      <c r="F49" s="2">
         <v>157</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="2">
         <v>2014</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C50" s="3">
+      <c r="C50" s="2">
         <v>7956</v>
       </c>
-      <c r="D50" s="3">
+      <c r="D50" s="2">
         <v>4167</v>
       </c>
-      <c r="E50" s="3">
+      <c r="E50" s="2">
         <v>1637</v>
       </c>
-      <c r="F50" s="3">
+      <c r="F50" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="2">
         <v>2014</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C51" s="3">
+      <c r="C51" s="2">
         <v>7142</v>
       </c>
-      <c r="D51" s="3">
+      <c r="D51" s="2">
         <v>7042</v>
       </c>
-      <c r="E51" s="3">
+      <c r="E51" s="2">
         <v>1087</v>
       </c>
-      <c r="F51" s="3">
+      <c r="F51" s="2">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" s="2">
         <v>2014</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C52" s="3">
+      <c r="C52" s="2">
         <v>12146</v>
       </c>
-      <c r="D52" s="3">
+      <c r="D52" s="2">
         <v>11282</v>
       </c>
-      <c r="E52" s="3">
+      <c r="E52" s="2">
         <v>1100</v>
       </c>
-      <c r="F52" s="3">
+      <c r="F52" s="2">
         <v>77</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A53" s="2">
         <v>2014</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C53" s="3">
+      <c r="C53" s="2">
         <v>10636</v>
       </c>
-      <c r="D53" s="3">
+      <c r="D53" s="2">
         <v>9593</v>
       </c>
-      <c r="E53" s="3">
+      <c r="E53" s="2">
         <v>1029</v>
       </c>
-      <c r="F53" s="3">
+      <c r="F53" s="2">
         <v>93</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A54" s="2">
         <v>2014</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C54" s="3">
+      <c r="C54" s="2">
         <v>11395</v>
       </c>
-      <c r="D54" s="3">
+      <c r="D54" s="2">
         <v>10746</v>
       </c>
-      <c r="E54" s="3">
+      <c r="E54" s="2">
         <v>855</v>
       </c>
-      <c r="F54" s="3">
+      <c r="F54" s="2">
         <v>77</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A55" s="2">
         <v>2014</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C55" s="3">
+      <c r="C55" s="2">
         <v>9368</v>
       </c>
-      <c r="D55" s="3">
+      <c r="D55" s="2">
         <v>6461</v>
       </c>
-      <c r="E55" s="3">
+      <c r="E55" s="2">
         <v>1005</v>
       </c>
-      <c r="F55" s="3">
+      <c r="F55" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="2">
         <v>2014</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C56" s="3">
+      <c r="C56" s="2">
         <v>12506</v>
       </c>
-      <c r="D56" s="3">
+      <c r="D56" s="2">
         <v>9207</v>
       </c>
-      <c r="E56" s="3">
+      <c r="E56" s="2">
         <v>1514</v>
       </c>
-      <c r="F56" s="3">
+      <c r="F56" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="2">
         <v>2014</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C57" s="3">
+      <c r="C57" s="2">
         <v>9136</v>
       </c>
-      <c r="D57" s="3">
+      <c r="D57" s="2">
         <v>5183</v>
       </c>
-      <c r="E57" s="3">
+      <c r="E57" s="2">
         <v>1152</v>
       </c>
-      <c r="F57" s="3">
+      <c r="F57" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A58" s="2">
         <v>2014</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C58" s="3">
+      <c r="C58" s="2">
         <v>5431</v>
       </c>
-      <c r="D58" s="3">
+      <c r="D58" s="2">
         <v>2542</v>
       </c>
-      <c r="E58" s="3">
+      <c r="E58" s="2">
         <v>1072</v>
       </c>
-      <c r="F58" s="3">
+      <c r="F58" s="2">
         <v>71</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A59" s="2">
         <v>2014</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C59" s="3">
+      <c r="C59" s="2">
         <v>7724</v>
       </c>
-      <c r="D59" s="3">
+      <c r="D59" s="2">
         <v>5577</v>
       </c>
-      <c r="E59" s="3">
+      <c r="E59" s="2">
         <v>1291</v>
       </c>
-      <c r="F59" s="3">
+      <c r="F59" s="2">
         <v>71</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A60" s="2">
         <v>2014</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C60" s="3">
+      <c r="C60" s="2">
         <v>11188</v>
       </c>
-      <c r="D60" s="3">
+      <c r="D60" s="2">
         <v>11113</v>
       </c>
-      <c r="E60" s="3">
+      <c r="E60" s="2">
         <v>1445</v>
       </c>
-      <c r="F60" s="3">
+      <c r="F60" s="2">
         <v>99</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A61" s="2">
         <v>2014</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C61" s="3">
+      <c r="C61" s="2">
         <v>6789</v>
       </c>
-      <c r="D61" s="3">
+      <c r="D61" s="2">
         <v>4879</v>
       </c>
-      <c r="E61" s="3">
+      <c r="E61" s="2">
         <v>1602</v>
       </c>
-      <c r="F61" s="3">
+      <c r="F61" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="2">
         <v>2015</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C62" s="3">
+      <c r="C62" s="2">
         <v>10171</v>
       </c>
-      <c r="D62" s="3">
+      <c r="D62" s="2">
         <v>4773</v>
       </c>
-      <c r="E62" s="3">
+      <c r="E62" s="2">
         <v>1574</v>
       </c>
-      <c r="F62" s="3">
+      <c r="F62" s="2">
         <v>221</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A63" s="2">
         <v>2015</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C63" s="3">
+      <c r="C63" s="2">
         <v>7949</v>
       </c>
-      <c r="D63" s="3">
+      <c r="D63" s="2">
         <v>6830</v>
       </c>
-      <c r="E63" s="3">
+      <c r="E63" s="2">
         <v>1243</v>
       </c>
-      <c r="F63" s="3">
+      <c r="F63" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A64" s="2">
         <v>2015</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C64" s="3">
+      <c r="C64" s="2">
         <v>15302</v>
       </c>
-      <c r="D64" s="3">
+      <c r="D64" s="2">
         <v>14099</v>
       </c>
-      <c r="E64" s="3">
+      <c r="E64" s="2">
         <v>1411</v>
       </c>
-      <c r="F64" s="3">
+      <c r="F64" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A65" s="2">
         <v>2015</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C65" s="3">
+      <c r="C65" s="2">
         <v>13116</v>
       </c>
-      <c r="D65" s="3">
+      <c r="D65" s="2">
         <v>11696</v>
       </c>
-      <c r="E65" s="3">
+      <c r="E65" s="2">
         <v>1290</v>
       </c>
-      <c r="F65" s="3">
+      <c r="F65" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A66" s="2">
         <v>2015</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C66" s="3">
+      <c r="C66" s="2">
         <v>15605</v>
       </c>
-      <c r="D66" s="3">
+      <c r="D66" s="2">
         <v>17433</v>
       </c>
-      <c r="E66" s="3">
+      <c r="E66" s="2">
         <v>834</v>
       </c>
-      <c r="F66" s="3">
+      <c r="F66" s="2">
         <v>72</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A67" s="2">
         <v>2015</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C67" s="3">
+      <c r="C67" s="2">
         <v>10564</v>
       </c>
-      <c r="D67" s="3">
+      <c r="D67" s="2">
         <v>7326</v>
       </c>
-      <c r="E67" s="3">
+      <c r="E67" s="2">
         <v>1017</v>
       </c>
-      <c r="F67" s="3">
+      <c r="F67" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A68" s="2">
         <v>2015</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C68" s="3">
+      <c r="C68" s="2">
         <v>15248</v>
       </c>
-      <c r="D68" s="3">
+      <c r="D68" s="2">
         <v>11197</v>
       </c>
-      <c r="E68" s="3">
+      <c r="E68" s="2">
         <v>1262</v>
       </c>
-      <c r="F68" s="3">
+      <c r="F68" s="2">
         <v>223</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A69" s="2">
         <v>2015</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C69" s="3">
+      <c r="C69" s="2">
         <v>11456</v>
       </c>
-      <c r="D69" s="3">
+      <c r="D69" s="2">
         <v>6686</v>
       </c>
-      <c r="E69" s="3">
+      <c r="E69" s="2">
         <v>935</v>
       </c>
-      <c r="F69" s="3">
+      <c r="F69" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A70" s="2">
         <v>2015</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C70" s="3">
+      <c r="C70" s="2">
         <v>7529</v>
       </c>
-      <c r="D70" s="3">
+      <c r="D70" s="2">
         <v>3773</v>
       </c>
-      <c r="E70" s="3">
+      <c r="E70" s="2">
         <v>937</v>
       </c>
-      <c r="F70" s="3">
+      <c r="F70" s="2">
         <v>105</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A71" s="2">
         <v>2015</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C71" s="3">
+      <c r="C71" s="2">
         <v>8462</v>
       </c>
-      <c r="D71" s="3">
+      <c r="D71" s="2">
         <v>5220</v>
       </c>
-      <c r="E71" s="3">
+      <c r="E71" s="2">
         <v>974</v>
       </c>
-      <c r="F71" s="3">
+      <c r="F71" s="2">
         <v>112</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A72" s="2">
         <v>2015</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C72" s="3">
+      <c r="C72" s="2">
         <v>11024</v>
       </c>
-      <c r="D72" s="3">
+      <c r="D72" s="2">
         <v>11164</v>
       </c>
-      <c r="E72" s="3">
+      <c r="E72" s="2">
         <v>1081</v>
       </c>
-      <c r="F72" s="3">
+      <c r="F72" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A73" s="2">
         <v>2015</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C73" s="3">
+      <c r="C73" s="2">
         <v>8668</v>
       </c>
-      <c r="D73" s="3">
+      <c r="D73" s="2">
         <v>6008</v>
       </c>
-      <c r="E73" s="3">
+      <c r="E73" s="2">
         <v>1112</v>
       </c>
-      <c r="F73" s="3">
+      <c r="F73" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A74" s="2">
         <v>2016</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C74" s="3">
+      <c r="C74" s="2">
         <v>12847</v>
       </c>
-      <c r="D74" s="3">
+      <c r="D74" s="2">
         <v>5997</v>
       </c>
-      <c r="E74" s="3">
+      <c r="E74" s="2">
         <v>1541</v>
       </c>
-      <c r="F74" s="3">
+      <c r="F74" s="2">
         <v>164</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A75" s="2">
         <v>2016</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C75" s="3">
+      <c r="C75" s="2">
         <v>8857</v>
       </c>
-      <c r="D75" s="3">
+      <c r="D75" s="2">
         <v>8043</v>
       </c>
-      <c r="E75" s="3">
+      <c r="E75" s="2">
         <v>1052</v>
       </c>
-      <c r="F75" s="3">
+      <c r="F75" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A76" s="2">
         <v>2016</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C76" s="3">
+      <c r="C76" s="2">
         <v>12454</v>
       </c>
-      <c r="D76" s="3">
+      <c r="D76" s="2">
         <v>12947</v>
       </c>
-      <c r="E76" s="3">
+      <c r="E76" s="2">
         <v>1177</v>
       </c>
-      <c r="F76" s="3">
+      <c r="F76" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A77" s="2">
         <v>2016</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C77" s="3">
+      <c r="C77" s="2">
         <v>17672</v>
       </c>
-      <c r="D77" s="3">
+      <c r="D77" s="2">
         <v>15798</v>
       </c>
-      <c r="E77" s="3">
+      <c r="E77" s="2">
         <v>674</v>
       </c>
-      <c r="F77" s="3">
+      <c r="F77" s="2">
         <v>63</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A78" s="2">
         <v>2016</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C78" s="3">
+      <c r="C78" s="2">
         <v>13273</v>
       </c>
-      <c r="D78" s="3">
+      <c r="D78" s="2">
         <v>12109</v>
       </c>
-      <c r="E78" s="3">
+      <c r="E78" s="2">
         <v>582</v>
       </c>
-      <c r="F78" s="3">
+      <c r="F78" s="2">
         <v>55</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A79" s="2">
         <v>2016</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C79" s="3">
+      <c r="C79" s="2">
         <v>11795</v>
       </c>
-      <c r="D79" s="3">
+      <c r="D79" s="2">
         <v>8643</v>
       </c>
-      <c r="E79" s="3">
+      <c r="E79" s="2">
         <v>1095</v>
       </c>
-      <c r="F79" s="3">
+      <c r="F79" s="2">
         <v>117</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A80" s="2">
         <v>2016</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C80" s="3">
+      <c r="C80" s="2">
         <v>19664</v>
       </c>
-      <c r="D80" s="3">
+      <c r="D80" s="2">
         <v>14310</v>
       </c>
-      <c r="E80" s="3">
+      <c r="E80" s="2">
         <v>1396</v>
       </c>
-      <c r="F80" s="3">
+      <c r="F80" s="2">
         <v>216</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A81" s="2">
         <v>2016</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C81" s="3">
+      <c r="C81" s="2">
         <v>12234</v>
       </c>
-      <c r="D81" s="3">
+      <c r="D81" s="2">
         <v>6788</v>
       </c>
-      <c r="E81" s="3">
+      <c r="E81" s="2">
         <v>1362</v>
       </c>
-      <c r="F81" s="3">
+      <c r="F81" s="2">
         <v>222</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A82" s="2">
         <v>2016</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C82" s="3">
+      <c r="C82" s="2">
         <v>8589</v>
       </c>
-      <c r="D82" s="3">
+      <c r="D82" s="2">
         <v>4334</v>
       </c>
-      <c r="E82" s="3">
+      <c r="E82" s="2">
         <v>947</v>
       </c>
-      <c r="F82" s="3">
+      <c r="F82" s="2">
         <v>65</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A83" s="2">
         <v>2016</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C83" s="3">
+      <c r="C83" s="2">
         <v>7361</v>
       </c>
-      <c r="D83" s="3">
+      <c r="D83" s="2">
         <v>4547</v>
       </c>
-      <c r="E83" s="3">
+      <c r="E83" s="2">
         <v>857</v>
       </c>
-      <c r="F83" s="3">
+      <c r="F83" s="2">
         <v>78</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A84" s="2">
         <v>2016</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C84" s="3">
+      <c r="C84" s="2">
         <v>9005</v>
       </c>
-      <c r="D84" s="3">
+      <c r="D84" s="2">
         <v>8335</v>
       </c>
-      <c r="E84" s="3">
+      <c r="E84" s="2">
         <v>857</v>
       </c>
-      <c r="F84" s="3">
+      <c r="F84" s="2">
         <v>64</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A85" s="2">
         <v>2016</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C85" s="3">
+      <c r="C85" s="2">
         <v>7479</v>
       </c>
-      <c r="D85" s="3">
+      <c r="D85" s="2">
         <v>5877</v>
       </c>
-      <c r="E85" s="3">
+      <c r="E85" s="2">
         <v>1195</v>
       </c>
-      <c r="F85" s="3">
+      <c r="F85" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A86" s="2">
         <v>2017</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C86" s="3">
+      <c r="C86" s="2">
         <v>11658</v>
       </c>
-      <c r="D86" s="3">
+      <c r="D86" s="2">
         <v>5320</v>
       </c>
-      <c r="E86" s="3">
+      <c r="E86" s="2">
         <v>1250</v>
       </c>
-      <c r="F86" s="3">
+      <c r="F86" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A87" s="2">
         <v>2017</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C87" s="3">
+      <c r="C87" s="2">
         <v>8825</v>
       </c>
-      <c r="D87" s="3">
+      <c r="D87" s="2">
         <v>7138</v>
       </c>
-      <c r="E87" s="3">
+      <c r="E87" s="2">
         <v>1116</v>
       </c>
-      <c r="F87" s="3">
+      <c r="F87" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A88" s="2">
         <v>2017</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C88" s="3">
+      <c r="C88" s="2">
         <v>15393</v>
       </c>
-      <c r="D88" s="3">
+      <c r="D88" s="2">
         <v>14548</v>
       </c>
-      <c r="E88" s="3">
+      <c r="E88" s="2">
         <v>1052</v>
       </c>
-      <c r="F88" s="3">
+      <c r="F88" s="2">
         <v>57</v>
       </c>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A89" s="2">
         <v>2017</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C89" s="3">
+      <c r="C89" s="2">
         <v>11830</v>
       </c>
-      <c r="D89" s="3">
+      <c r="D89" s="2">
         <v>8380</v>
       </c>
-      <c r="E89" s="3">
+      <c r="E89" s="2">
         <v>1919</v>
       </c>
-      <c r="F89" s="3">
+      <c r="F89" s="2">
         <v>351</v>
       </c>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A90" s="2">
         <v>2017</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C90" s="3">
+      <c r="C90" s="2">
         <v>11726</v>
       </c>
-      <c r="D90" s="3">
+      <c r="D90" s="2">
         <v>10469</v>
       </c>
-      <c r="E90" s="3">
+      <c r="E90" s="2">
         <v>843</v>
       </c>
-      <c r="F90" s="3">
+      <c r="F90" s="2">
         <v>70</v>
       </c>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A91" s="2">
         <v>2017</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C91" s="3">
+      <c r="C91" s="2">
         <v>11609</v>
       </c>
-      <c r="D91" s="3">
+      <c r="D91" s="2">
         <v>9640</v>
       </c>
-      <c r="E91" s="3">
+      <c r="E91" s="2">
         <v>967</v>
       </c>
-      <c r="F91" s="3">
+      <c r="F91" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A92" s="2">
         <v>2017</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C92" s="3">
+      <c r="C92" s="2">
         <v>17078</v>
       </c>
-      <c r="D92" s="3">
+      <c r="D92" s="2">
         <v>13395</v>
       </c>
-      <c r="E92" s="3">
+      <c r="E92" s="2">
         <v>1242</v>
       </c>
-      <c r="F92" s="3">
+      <c r="F92" s="2">
         <v>209</v>
       </c>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A93" s="2">
         <v>2017</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C93" s="3">
+      <c r="C93" s="2">
         <v>13237</v>
       </c>
-      <c r="D93" s="3">
+      <c r="D93" s="2">
         <v>7898</v>
       </c>
-      <c r="E93" s="3">
+      <c r="E93" s="2">
         <v>986</v>
       </c>
-      <c r="F93" s="3">
+      <c r="F93" s="2">
         <v>164</v>
       </c>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A94" s="2">
         <v>2017</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C94" s="3">
+      <c r="C94" s="2">
         <v>4563</v>
       </c>
-      <c r="D94" s="3">
+      <c r="D94" s="2">
         <v>2115</v>
       </c>
-      <c r="E94" s="3">
+      <c r="E94" s="2">
         <v>383</v>
       </c>
-      <c r="F94" s="3">
+      <c r="F94" s="2">
         <v>42</v>
       </c>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A95" s="2">
         <v>2017</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C95" s="3">
+      <c r="C95" s="2">
         <v>8557</v>
       </c>
-      <c r="D95" s="3">
+      <c r="D95" s="2">
         <v>5743</v>
       </c>
-      <c r="E95" s="3">
+      <c r="E95" s="2">
         <v>713</v>
       </c>
-      <c r="F95" s="3">
+      <c r="F95" s="2">
         <v>84</v>
       </c>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A96" s="2">
         <v>2017</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C96" s="3">
+      <c r="C96" s="2">
         <v>11314</v>
       </c>
-      <c r="D96" s="3">
+      <c r="D96" s="2">
         <v>8969</v>
       </c>
-      <c r="E96" s="3">
+      <c r="E96" s="2">
         <v>709</v>
       </c>
-      <c r="F96" s="3">
+      <c r="F96" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A97" s="2">
         <v>2017</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C97" s="3">
+      <c r="C97" s="2">
         <v>9969</v>
       </c>
-      <c r="D97" s="3">
+      <c r="D97" s="2">
         <v>7158</v>
       </c>
-      <c r="E97" s="3">
+      <c r="E97" s="2">
         <v>804</v>
       </c>
-      <c r="F97" s="3">
+      <c r="F97" s="2">
         <v>89</v>
       </c>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A98" s="2">
         <v>2018</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C98" s="2">
         <v>9430</v>
       </c>
       <c r="D98" s="2">
         <v>4381</v>
       </c>
       <c r="E98" s="2">
         <v>1171</v>
       </c>
       <c r="F98" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A99" s="2">
@@ -2640,123 +2650,123 @@
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A104" s="2">
         <v>2018</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="2">
         <v>17356</v>
       </c>
       <c r="D104" s="2">
         <v>12721</v>
       </c>
       <c r="E104" s="2">
         <v>1048</v>
       </c>
       <c r="F104" s="2">
         <v>207</v>
       </c>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A105" s="2">
         <v>2018</v>
       </c>
-      <c r="B105" s="3" t="s">
+      <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C105" s="3">
+      <c r="C105" s="2">
         <v>12900</v>
       </c>
-      <c r="D105" s="3">
+      <c r="D105" s="2">
         <v>7669</v>
       </c>
-      <c r="E105" s="3">
+      <c r="E105" s="2">
         <v>910</v>
       </c>
-      <c r="F105" s="3">
+      <c r="F105" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A106" s="2">
         <v>2018</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C106" s="3">
+      <c r="C106" s="2">
         <v>7953</v>
       </c>
-      <c r="D106" s="3">
+      <c r="D106" s="2">
         <v>7953</v>
       </c>
-      <c r="E106" s="3">
+      <c r="E106" s="2">
         <v>568</v>
       </c>
-      <c r="F106" s="3">
+      <c r="F106" s="2">
         <v>44</v>
       </c>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A107" s="2">
         <v>2018</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C107" s="3">
+      <c r="C107" s="2">
         <v>8650</v>
       </c>
-      <c r="D107" s="3">
+      <c r="D107" s="2">
         <v>6807</v>
       </c>
-      <c r="E107" s="3">
+      <c r="E107" s="2">
         <v>679</v>
       </c>
-      <c r="F107" s="3">
+      <c r="F107" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A108" s="2">
         <v>2018</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C108" s="3">
+      <c r="C108" s="2">
         <v>13728</v>
       </c>
-      <c r="D108" s="3">
+      <c r="D108" s="2">
         <v>12557</v>
       </c>
-      <c r="E108" s="3">
+      <c r="E108" s="2">
         <v>812</v>
       </c>
-      <c r="F108" s="3">
+      <c r="F108" s="2">
         <v>69</v>
       </c>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A109" s="2">
         <v>2018</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C109" s="2">
         <v>10022</v>
       </c>
       <c r="D109" s="2">
         <v>7741</v>
       </c>
       <c r="E109" s="2">
         <v>883</v>
       </c>
       <c r="F109" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A110" s="2">
@@ -2803,100 +2813,100 @@
         <v>2019</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C112" s="2">
         <v>18077</v>
       </c>
       <c r="D112" s="2">
         <v>15317</v>
       </c>
       <c r="E112" s="2">
         <v>922</v>
       </c>
       <c r="F112" s="2">
         <v>95</v>
       </c>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A113" s="2">
         <v>2019</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C113" s="3">
+      <c r="C113" s="2">
         <v>16333</v>
       </c>
-      <c r="D113" s="3">
+      <c r="D113" s="2">
         <v>11630</v>
       </c>
-      <c r="E113" s="3">
+      <c r="E113" s="2">
         <v>880</v>
       </c>
-      <c r="F113" s="3">
+      <c r="F113" s="2">
         <v>87</v>
       </c>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A114" s="2">
         <v>2019</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C114" s="3">
+      <c r="C114" s="2">
         <v>15772</v>
       </c>
-      <c r="D114" s="3">
+      <c r="D114" s="2">
         <v>14705</v>
       </c>
-      <c r="E114" s="3">
+      <c r="E114" s="2">
         <v>545</v>
       </c>
-      <c r="F114" s="3">
+      <c r="F114" s="2">
         <v>56</v>
       </c>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A115" s="2">
         <v>2019</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C115" s="3">
+      <c r="C115" s="2">
         <v>15235</v>
       </c>
-      <c r="D115" s="3">
+      <c r="D115" s="2">
         <v>10058</v>
       </c>
-      <c r="E115" s="3">
+      <c r="E115" s="2">
         <v>701</v>
       </c>
-      <c r="F115" s="3">
+      <c r="F115" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A116" s="2">
         <v>2019</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="2">
         <v>16634</v>
       </c>
       <c r="D116" s="2">
         <v>12222</v>
       </c>
       <c r="E116" s="2">
         <v>917</v>
       </c>
       <c r="F116" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A117" s="2">
@@ -3640,51 +3650,51 @@
     </row>
     <row r="154" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A154" s="2">
         <v>2022</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="2">
         <v>6153</v>
       </c>
       <c r="D154" s="2">
         <v>3636</v>
       </c>
       <c r="E154" s="2">
         <v>339</v>
       </c>
       <c r="F154" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="155" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A155" s="2">
         <v>2022</v>
       </c>
-      <c r="B155" s="4" t="s">
+      <c r="B155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C155" s="2">
         <v>3609</v>
       </c>
       <c r="D155" s="2">
         <v>6808</v>
       </c>
       <c r="E155" s="2">
         <v>407</v>
       </c>
       <c r="F155" s="2">
         <v>49</v>
       </c>
     </row>
     <row r="156" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A156" s="2">
         <v>2022</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C156" s="2">
         <v>6073</v>
       </c>
@@ -4079,332 +4089,388 @@
       </c>
       <c r="F175" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A176" s="2">
         <v>2024</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C176" s="2">
         <v>0</v>
       </c>
       <c r="D176" s="2">
         <v>0</v>
       </c>
       <c r="E176" s="2">
         <v>0</v>
       </c>
       <c r="F176" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="177" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A177" s="2">
         <v>2024</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2">
         <v>0</v>
       </c>
       <c r="D177" s="2">
         <v>0</v>
       </c>
       <c r="E177" s="2">
         <v>0</v>
       </c>
       <c r="F177" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="178" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A178" s="2">
         <v>2024</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="2">
         <v>0</v>
       </c>
       <c r="D178" s="2">
         <v>0</v>
       </c>
       <c r="E178" s="2">
         <v>0</v>
       </c>
       <c r="F178" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="179" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A179" s="2">
         <v>2024</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C179" s="2">
         <v>0</v>
       </c>
       <c r="D179" s="2">
         <v>0</v>
       </c>
       <c r="E179" s="2">
         <v>0</v>
       </c>
       <c r="F179" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="180" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A180" s="2">
         <v>2024</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C180" s="2">
         <v>0</v>
       </c>
       <c r="D180" s="2">
         <v>0</v>
       </c>
       <c r="E180" s="2">
         <v>0</v>
       </c>
       <c r="F180" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="181" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A181" s="2">
         <v>2024</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C181" s="2">
         <v>972</v>
       </c>
       <c r="D181" s="2">
         <v>1878</v>
       </c>
       <c r="E181" s="2">
         <v>221</v>
       </c>
       <c r="F181" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="182" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A182" s="2">
         <v>2025</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C182" s="2">
         <v>20915</v>
       </c>
       <c r="D182" s="2">
         <v>11266</v>
       </c>
       <c r="E182" s="2">
         <v>1238</v>
       </c>
       <c r="F182" s="2">
         <v>163</v>
       </c>
     </row>
-    <row r="183" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A183" s="2">
         <v>2025</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="2">
         <v>16503</v>
       </c>
       <c r="D183" s="2">
         <v>11979</v>
       </c>
       <c r="E183" s="2">
         <v>853</v>
       </c>
       <c r="F183" s="2">
         <v>124</v>
       </c>
     </row>
-    <row r="184" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A184" s="3">
+    <row r="184" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A184" s="2">
         <v>2025</v>
       </c>
-      <c r="B184" s="3" t="s">
+      <c r="B184" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C184" s="3">
+      <c r="C184" s="2">
         <v>23128</v>
       </c>
-      <c r="D184" s="3">
+      <c r="D184" s="2">
         <v>19591</v>
       </c>
-      <c r="E184" s="3">
+      <c r="E184" s="2">
         <v>819</v>
       </c>
-      <c r="F184" s="3">
+      <c r="F184" s="2">
         <v>80</v>
       </c>
-      <c r="G184" s="5"/>
-[...2 lines deleted...]
-      <c r="A185" s="3">
+    </row>
+    <row r="185" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A185" s="2">
         <v>2025</v>
       </c>
-      <c r="B185" s="6" t="s">
+      <c r="B185" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C185" s="7">
+      <c r="C185" s="5">
         <v>17862</v>
       </c>
-      <c r="D185" s="7">
+      <c r="D185" s="5">
         <v>17947</v>
       </c>
-      <c r="E185" s="7">
+      <c r="E185" s="5">
         <v>976</v>
       </c>
-      <c r="F185" s="7">
+      <c r="F185" s="5">
         <v>120</v>
       </c>
-      <c r="G185" s="5"/>
-[...2 lines deleted...]
-      <c r="A186" s="3">
+    </row>
+    <row r="186" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A186" s="2">
         <v>2025</v>
       </c>
-      <c r="B186" s="6" t="s">
+      <c r="B186" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="C186" s="7">
+      <c r="C186" s="5">
         <v>18605</v>
       </c>
-      <c r="D186" s="7">
+      <c r="D186" s="5">
         <v>16963</v>
       </c>
-      <c r="E186" s="7">
+      <c r="E186" s="5">
         <v>913</v>
       </c>
-      <c r="F186" s="7">
+      <c r="F186" s="5">
         <v>88</v>
       </c>
-      <c r="G186" s="5"/>
-[...2 lines deleted...]
-      <c r="A187" s="3">
+    </row>
+    <row r="187" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A187" s="2">
         <v>2025</v>
       </c>
-      <c r="B187" s="6" t="s">
+      <c r="B187" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="C187" s="7">
+      <c r="C187" s="5">
         <v>14948</v>
       </c>
-      <c r="D187" s="7">
+      <c r="D187" s="5">
         <v>11259</v>
       </c>
-      <c r="E187" s="7">
+      <c r="E187" s="5">
         <v>1148</v>
       </c>
-      <c r="F187" s="7">
+      <c r="F187" s="5">
         <v>142</v>
       </c>
-      <c r="G187" s="5"/>
-[...2 lines deleted...]
-      <c r="A188" s="3">
+    </row>
+    <row r="188" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A188" s="2">
         <v>2025</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C188" s="2">
         <v>17794</v>
       </c>
       <c r="D188" s="2">
         <v>13871</v>
       </c>
       <c r="E188" s="2">
         <v>1577</v>
       </c>
       <c r="F188" s="2">
         <v>251</v>
       </c>
     </row>
-    <row r="189" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A189" s="3">
+    <row r="189" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A189" s="2">
         <v>2025</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C189" s="2">
         <v>13109</v>
       </c>
       <c r="D189" s="2">
         <v>7739</v>
       </c>
       <c r="E189" s="2">
         <v>1337</v>
       </c>
       <c r="F189" s="2">
         <v>165</v>
       </c>
     </row>
-    <row r="190" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A190" s="3">
+    <row r="190" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A190" s="2">
         <v>2025</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="2">
         <v>6518</v>
       </c>
       <c r="D190" s="2">
         <v>2933</v>
       </c>
       <c r="E190" s="2">
         <v>921</v>
       </c>
       <c r="F190" s="2">
         <v>52</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A191" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C191" s="2">
+        <v>4786</v>
+      </c>
+      <c r="D191" s="2">
+        <v>2923</v>
+      </c>
+      <c r="E191" s="2">
+        <v>943</v>
+      </c>
+      <c r="F191" s="2">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A192" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C192" s="2">
+        <v>9114</v>
+      </c>
+      <c r="D192" s="2">
+        <v>8112</v>
+      </c>
+      <c r="E192" s="2">
+        <v>1155</v>
+      </c>
+      <c r="F192" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A193" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C193" s="2">
+        <v>6350</v>
+      </c>
+      <c r="D193" s="2">
+        <v>4362</v>
+      </c>
+      <c r="E193" s="2">
+        <v>1349</v>
+      </c>
+      <c r="F193" s="2">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">