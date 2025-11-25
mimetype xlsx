--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -1,657 +1,1269 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\Portal de transparencia 2025\Finanza\Datos abiertos\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\Portal de transparencia 2025\Compras\Agosto\abiertos\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7020"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12180" firstSheet="3" activeTab="3"/>
   </bookViews>
   <sheets>
-    <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
+    <sheet name="Enero 2023" sheetId="5" state="hidden" r:id="rId1"/>
+    <sheet name="Febrero 2023" sheetId="3" state="hidden" r:id="rId2"/>
+    <sheet name="Marzo 2023" sheetId="2" state="hidden" r:id="rId3"/>
+    <sheet name="Abril 2025" sheetId="6" r:id="rId4"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Abril 2025'!$A$1:$I$19</definedName>
+  </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F14" i="6" l="1"/>
+  <c r="F12" i="5" l="1"/>
+  <c r="F61" i="3"/>
+  <c r="F20" i="3"/>
+  <c r="F19" i="2"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="74">
+  <si>
+    <t xml:space="preserve">ACUARIO NACIONAL </t>
+  </si>
+  <si>
+    <t>CANT.</t>
+  </si>
   <si>
     <t>FACTURA NCF</t>
   </si>
   <si>
     <t>PROVEEDOR</t>
   </si>
   <si>
     <t>CONCEPTO</t>
   </si>
   <si>
+    <t>Objeto del Gasto</t>
+  </si>
+  <si>
     <t>MONTO</t>
   </si>
   <si>
+    <t>CONDICION DE PAGO</t>
+  </si>
+  <si>
     <t>FECHA FACTURA</t>
   </si>
   <si>
-    <t>Ayuntamiento Santo Domingo Este</t>
-[...92 lines deleted...]
-    <t>Provesol Proveedores de Soluciones, SRL</t>
+    <t>FECHA RECIBIDA</t>
+  </si>
+  <si>
+    <t>B1500102997</t>
+  </si>
+  <si>
+    <t>CAASD</t>
+  </si>
+  <si>
+    <t>Servicios de agua de la caasd de enero 2023</t>
+  </si>
+  <si>
+    <t>2.2.1.7.01</t>
+  </si>
+  <si>
+    <t>15 dias</t>
+  </si>
+  <si>
+    <t>B1500103557</t>
+  </si>
+  <si>
+    <t>Servicios de agua de la caasd de febrero 2023</t>
+  </si>
+  <si>
+    <t>B1500103593</t>
+  </si>
+  <si>
+    <t>Servicios de agua de la caasd de Marzo 2023</t>
+  </si>
+  <si>
+    <t>EDEESTE</t>
+  </si>
+  <si>
+    <t>2.2.1.6.01</t>
+  </si>
+  <si>
+    <t>Julio Arias Trinidad</t>
+  </si>
+  <si>
+    <t>Encargado Financiero</t>
+  </si>
+  <si>
+    <t>RELACION DE CUENTAS POR PAGAR AL 28 DE MARZO 2023.</t>
+  </si>
+  <si>
+    <t>B1500000090</t>
+  </si>
+  <si>
+    <t>Refri Electric Reynoso Gil</t>
+  </si>
+  <si>
+    <t>Servicios de reparacion y mantenimiento de equipos de refrigeracion marzo 2023</t>
+  </si>
+  <si>
+    <t>2.2.7.2.08</t>
+  </si>
+  <si>
+    <t>B1500000793</t>
+  </si>
+  <si>
+    <t>Dominicana de Seguros</t>
+  </si>
+  <si>
+    <t>Seguro de empleados correspondiente al mes de marzo 2023</t>
+  </si>
+  <si>
+    <t>2.2.6.3.01</t>
+  </si>
+  <si>
+    <t>B1500000058</t>
+  </si>
+  <si>
+    <t>Mallol Consulting</t>
+  </si>
+  <si>
+    <t>Asesoria y soporte tecnico informatica marzo 2023</t>
+  </si>
+  <si>
+    <t>2.2.8.7.05</t>
+  </si>
+  <si>
+    <t>B1500000118</t>
+  </si>
+  <si>
+    <t>Inversiones Mateo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">compra de materiales de ferreteria </t>
+  </si>
+  <si>
+    <t>2.3.9.8.01</t>
+  </si>
+  <si>
+    <t>B1500000244</t>
+  </si>
+  <si>
+    <t>Tu Amigo</t>
+  </si>
+  <si>
+    <t>Compra de Gasoil para la planta Electrica</t>
+  </si>
+  <si>
+    <t>2.3.7.1.02</t>
+  </si>
+  <si>
+    <t>RELACION DE CUENTAS POR PAGAR AL 28 DE FEBRERO 2023.</t>
+  </si>
+  <si>
+    <t>B1500048419</t>
+  </si>
+  <si>
+    <t>ALTICE DOMINICANA</t>
+  </si>
+  <si>
+    <t>Servicios de telefono febrero 2023</t>
+  </si>
+  <si>
+    <t>2.2.1.3.01</t>
+  </si>
+  <si>
+    <t>Servicios de Internet febrero 2023</t>
+  </si>
+  <si>
+    <t>2.2.1.5.01</t>
+  </si>
+  <si>
+    <t>B1500048186</t>
+  </si>
+  <si>
+    <t>Servicios de Flotas febrero 2023</t>
+  </si>
+  <si>
+    <t>B1500258264</t>
+  </si>
+  <si>
+    <t>Servicios de Energia Electrica Feb. 2023</t>
+  </si>
+  <si>
+    <t>B1500000089</t>
+  </si>
+  <si>
+    <t>Servicios de reparacion y mantenimiento de equipos de refrigeracion</t>
+  </si>
+  <si>
+    <t>B1500000250</t>
+  </si>
+  <si>
+    <t>kapemero Comercial</t>
+  </si>
+  <si>
+    <t>Mantenimiento y reparación de equipos de transporte</t>
+  </si>
+  <si>
+    <t>2.2.7.2.06</t>
+  </si>
+  <si>
+    <t>B1500000249</t>
+  </si>
+  <si>
+    <t>RELACION DE CUENTAS POR PAGAR AL 31 DE ENERO 2023.</t>
+  </si>
+  <si>
+    <t>B1500000088</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Compra de agua para empleados</t>
+  </si>
+  <si>
+    <t>2.3.1.1.01</t>
   </si>
   <si>
     <t>B1500000280</t>
   </si>
   <si>
-    <t>Auto Marina SRL</t>
-[...158 lines deleted...]
-    <t>CONSECUTIVO</t>
+    <t>Provimercax Henriquez, SRL</t>
+  </si>
+  <si>
+    <t>Adquisicion de frutas y vegetales</t>
+  </si>
+  <si>
+    <t>20/5/2025</t>
+  </si>
+  <si>
+    <t>E450000002410</t>
+  </si>
+  <si>
+    <t>Grupo Alaka, S.A</t>
+  </si>
+  <si>
+    <t>RELACION DE CUENTAS POR PAGAR AL 31 AGOSTO 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="1">
+  <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
+    <numFmt numFmtId="165" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...24 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFA3DBFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-      <top style="thin">
+      <right style="thin">
         <color indexed="64"/>
-      </top>
+      </right>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="17" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...77 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>3</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>87842</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>603249</xdr:colOff>
+      <xdr:colOff>634802</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>68793</xdr:rowOff>
+      <xdr:rowOff>95119</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Imagen 2">
+        <xdr:cNvPr id="2" name="3 Imagen">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{453423E5-88C2-4A54-BB4C-4A5AD9DB1A92}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4756150" y="0"/>
+          <a:ext cx="1603177" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1603177" cy="1047619"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="3 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4756150" y="57150"/>
+          <a:ext cx="1603177" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1603177" cy="1047619"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="3 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6584950" y="8391525"/>
+          <a:ext cx="1603177" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1603177" cy="1047619"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="3 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6584950" y="8448675"/>
+          <a:ext cx="1603177" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>247650</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2638425" cy="676275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="5 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="10753725" y="14478000"/>
+          <a:ext cx="2638425" cy="676275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>111125</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1844675" cy="1724025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="6 Imagen" descr="C:\Users\c07850\Desktop\Sello.png">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="10617200" y="12792075"/>
+          <a:ext cx="1844675" cy="1724025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1603177" cy="1047619"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="3 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6584950" y="16973550"/>
+          <a:ext cx="1603177" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1603177" cy="1047619"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="3 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6584950" y="17030700"/>
+          <a:ext cx="1603177" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>247650</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2638425" cy="676275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="5 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="10753725" y="22869525"/>
+          <a:ext cx="2638425" cy="676275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>111125</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1844675" cy="1724025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="6 Imagen" descr="C:\Users\c07850\Desktop\Sello.png">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="10617200" y="21183600"/>
+          <a:ext cx="1844675" cy="1724025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1603177" cy="1047619"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="3 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6584950" y="16973550"/>
+          <a:ext cx="1603177" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>193675</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1603177" cy="1047619"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="3 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6584950" y="17030700"/>
+          <a:ext cx="1603177" cy="1047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>247650</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2638425" cy="676275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="5 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="10753725" y="22869525"/>
+          <a:ext cx="2638425" cy="676275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>111125</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1844675" cy="1724025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="6 Imagen" descr="C:\Users\c07850\Desktop\Sello.png">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="10617200" y="21183600"/>
+          <a:ext cx="1844675" cy="1724025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>554182</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>150534</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>747213</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>169584</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Imagen 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEBCCFCC-4B07-4E50-8E55-CCDA10397498}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="5393265" y="236009"/>
-          <a:ext cx="2914650" cy="573617"/>
+          <a:off x="4000500" y="150534"/>
+          <a:ext cx="2911986" cy="590550"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -919,1116 +1531,1758 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L42"/>
+  <dimension ref="A1:I12"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B31" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D41" sqref="D41"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15" style="16" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="11.42578125" style="2"/>
+    <col min="2" max="2" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.7109375" customWidth="1"/>
+    <col min="5" max="5" width="17.42578125" customWidth="1"/>
+    <col min="8" max="8" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
-[...106 lines deleted...]
-      <c r="B9" s="34" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="56"/>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
+      <c r="D1" s="56"/>
+      <c r="E1" s="56"/>
+      <c r="F1" s="56"/>
+      <c r="G1" s="56"/>
+      <c r="H1" s="56"/>
+      <c r="I1" s="56"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="56"/>
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="56"/>
+      <c r="B3" s="56"/>
+      <c r="C3" s="56"/>
+      <c r="D3" s="56"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="56"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" s="56"/>
+      <c r="B4" s="56"/>
+      <c r="C4" s="56"/>
+      <c r="D4" s="56"/>
+      <c r="E4" s="56"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+      <c r="I4" s="56"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="56"/>
+      <c r="B5" s="56"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+      <c r="I5" s="56"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="56"/>
+      <c r="B6" s="56"/>
+      <c r="C6" s="56"/>
+      <c r="D6" s="56"/>
+      <c r="E6" s="56"/>
+      <c r="F6" s="56"/>
+      <c r="G6" s="56"/>
+      <c r="H6" s="56"/>
+      <c r="I6" s="56"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="57" t="s">
         <v>0</v>
       </c>
-      <c r="C9" s="35" t="s">
+      <c r="B7" s="57"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57"/>
+      <c r="E7" s="57"/>
+      <c r="F7" s="57"/>
+      <c r="G7" s="57"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" s="57"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="57"/>
+      <c r="E8" s="57"/>
+      <c r="F8" s="57"/>
+      <c r="G8" s="57"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="C9" s="1"/>
+      <c r="E9" s="2"/>
+    </row>
+    <row r="10" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="D9" s="36" t="s">
+      <c r="B10" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="E9" s="37" t="s">
+      <c r="C10" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="F9" s="35" t="s">
+      <c r="D10" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="G9" s="35" t="s">
-[...35 lines deleted...]
-      <c r="A11" s="7">
+      <c r="E10" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="22">
         <v>1</v>
       </c>
-      <c r="B11" s="17" t="s">
-[...169 lines deleted...]
-      <c r="B16" s="17" t="s">
+      <c r="B11" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="C16" s="17" t="s">
-[...132 lines deleted...]
-      <c r="B20" s="17" t="s">
+      <c r="D11" s="24" t="s">
+        <v>56</v>
+      </c>
+      <c r="E11" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="C20" s="17" t="s">
-[...129 lines deleted...]
-      <c r="A24" s="7">
+      <c r="F11" s="25">
+        <v>45000</v>
+      </c>
+      <c r="G11" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="B24" s="17" t="s">
-[...410 lines deleted...]
-        <v>90</v>
+      <c r="H11" s="26">
+        <v>44956</v>
+      </c>
+      <c r="I11" s="27">
+        <v>44956</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="F12" s="15">
+        <f>SUM(F11:F11)</f>
+        <v>45000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="J9:L9"/>
-[...1 lines deleted...]
-    <mergeCell ref="A7:L7"/>
+    <mergeCell ref="A1:I6"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A8:I8"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="44" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:I73"/>
+  <sheetViews>
+    <sheetView topLeftCell="A13" workbookViewId="0">
+      <selection activeCell="D26" sqref="D26"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="2" max="2" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="35.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="56"/>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
+      <c r="D1" s="56"/>
+      <c r="E1" s="56"/>
+      <c r="F1" s="56"/>
+      <c r="G1" s="56"/>
+      <c r="H1" s="56"/>
+      <c r="I1" s="56"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="56"/>
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="56"/>
+      <c r="B3" s="56"/>
+      <c r="C3" s="56"/>
+      <c r="D3" s="56"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="56"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" s="56"/>
+      <c r="B4" s="56"/>
+      <c r="C4" s="56"/>
+      <c r="D4" s="56"/>
+      <c r="E4" s="56"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+      <c r="I4" s="56"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="56"/>
+      <c r="B5" s="56"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+      <c r="I5" s="56"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="56"/>
+      <c r="B6" s="56"/>
+      <c r="C6" s="56"/>
+      <c r="D6" s="56"/>
+      <c r="E6" s="56"/>
+      <c r="F6" s="56"/>
+      <c r="G6" s="56"/>
+      <c r="H6" s="56"/>
+      <c r="I6" s="56"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="B7" s="57"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57"/>
+      <c r="E7" s="57"/>
+      <c r="F7" s="57"/>
+      <c r="G7" s="57"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="57" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" s="57"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="57"/>
+      <c r="E8" s="57"/>
+      <c r="F8" s="57"/>
+      <c r="G8" s="57"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="C9" s="1"/>
+      <c r="E9" s="2"/>
+    </row>
+    <row r="10" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="5">
+        <v>1</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="9">
+        <v>7564.85</v>
+      </c>
+      <c r="G11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="18">
+        <v>44985</v>
+      </c>
+      <c r="I11" s="19">
+        <v>44985</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="8">
+        <v>2</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="9">
+        <v>14807</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="18">
+        <v>44985</v>
+      </c>
+      <c r="I12" s="19">
+        <v>44985</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A13" s="5">
+        <v>3</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" s="9">
+        <v>45429.85</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="18">
+        <v>44981</v>
+      </c>
+      <c r="I13" s="20">
+        <v>44981</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="8">
+        <v>4</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" s="9">
+        <v>400847.56</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" s="18">
+        <v>44979</v>
+      </c>
+      <c r="I14" s="21">
+        <v>44979</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A15" s="5">
+        <v>5</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" s="9">
+        <v>45000</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" s="18">
+        <v>44985</v>
+      </c>
+      <c r="I15" s="21">
+        <v>44985</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="8">
+        <v>6</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F16" s="9">
+        <v>76110</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="18">
+        <v>44981</v>
+      </c>
+      <c r="I16" s="21">
+        <v>44981</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="5">
+        <v>7</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" s="9">
+        <v>223551</v>
+      </c>
+      <c r="G17" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" s="18">
+        <v>44981</v>
+      </c>
+      <c r="I17" s="21">
+        <v>44981</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="8">
+        <v>8</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="9">
+        <v>6682</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" s="18">
+        <v>44931</v>
+      </c>
+      <c r="I18" s="21">
+        <v>44931</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="5">
+        <v>9</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="9">
+        <v>6682</v>
+      </c>
+      <c r="G19" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" s="18">
+        <v>44960</v>
+      </c>
+      <c r="I19" s="21">
+        <v>44960</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="F20" s="15">
+        <f>SUM(F11:F19)</f>
+        <v>826674.26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G31" s="13" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G32" s="13" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="56"/>
+      <c r="B43" s="56"/>
+      <c r="C43" s="56"/>
+      <c r="D43" s="56"/>
+      <c r="E43" s="56"/>
+      <c r="F43" s="56"/>
+      <c r="G43" s="56"/>
+      <c r="H43" s="56"/>
+      <c r="I43" s="56"/>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="56"/>
+      <c r="B44" s="56"/>
+      <c r="C44" s="56"/>
+      <c r="D44" s="56"/>
+      <c r="E44" s="56"/>
+      <c r="F44" s="56"/>
+      <c r="G44" s="56"/>
+      <c r="H44" s="56"/>
+      <c r="I44" s="56"/>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="56"/>
+      <c r="B45" s="56"/>
+      <c r="C45" s="56"/>
+      <c r="D45" s="56"/>
+      <c r="E45" s="56"/>
+      <c r="F45" s="56"/>
+      <c r="G45" s="56"/>
+      <c r="H45" s="56"/>
+      <c r="I45" s="56"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="56"/>
+      <c r="B46" s="56"/>
+      <c r="C46" s="56"/>
+      <c r="D46" s="56"/>
+      <c r="E46" s="56"/>
+      <c r="F46" s="56"/>
+      <c r="G46" s="56"/>
+      <c r="H46" s="56"/>
+      <c r="I46" s="56"/>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="56"/>
+      <c r="B47" s="56"/>
+      <c r="C47" s="56"/>
+      <c r="D47" s="56"/>
+      <c r="E47" s="56"/>
+      <c r="F47" s="56"/>
+      <c r="G47" s="56"/>
+      <c r="H47" s="56"/>
+      <c r="I47" s="56"/>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="56"/>
+      <c r="B48" s="56"/>
+      <c r="C48" s="56"/>
+      <c r="D48" s="56"/>
+      <c r="E48" s="56"/>
+      <c r="F48" s="56"/>
+      <c r="G48" s="56"/>
+      <c r="H48" s="56"/>
+      <c r="I48" s="56"/>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="B49" s="57"/>
+      <c r="C49" s="57"/>
+      <c r="D49" s="57"/>
+      <c r="E49" s="57"/>
+      <c r="F49" s="57"/>
+      <c r="G49" s="57"/>
+      <c r="H49" s="57"/>
+      <c r="I49" s="57"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="57" t="s">
+        <v>23</v>
+      </c>
+      <c r="B50" s="57"/>
+      <c r="C50" s="57"/>
+      <c r="D50" s="57"/>
+      <c r="E50" s="57"/>
+      <c r="F50" s="57"/>
+      <c r="G50" s="57"/>
+      <c r="H50" s="57"/>
+      <c r="I50" s="57"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="C51" s="1"/>
+      <c r="E51" s="2"/>
+    </row>
+    <row r="52" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G52" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="5">
+        <v>1</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="9">
+        <v>6682</v>
+      </c>
+      <c r="G53" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" s="10">
+        <v>44931</v>
+      </c>
+      <c r="I53" s="11">
+        <v>44931</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="8">
+        <v>2</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E54" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="9">
+        <v>6682</v>
+      </c>
+      <c r="G54" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" s="10">
+        <v>44960</v>
+      </c>
+      <c r="I54" s="11">
+        <v>44960</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A55" s="5">
+        <v>3</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" s="9">
+        <v>45000</v>
+      </c>
+      <c r="G55" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" s="10">
+        <v>45015</v>
+      </c>
+      <c r="I55" s="11">
+        <v>45015</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A56" s="8">
+        <v>4</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D56" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E56" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F56" s="9">
+        <v>13350</v>
+      </c>
+      <c r="G56" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" s="10">
+        <v>44960</v>
+      </c>
+      <c r="I56" s="11">
+        <v>44999</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A57" s="5">
+        <v>5</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D57" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F57" s="9">
+        <v>86140</v>
+      </c>
+      <c r="G57" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" s="10">
+        <v>45016</v>
+      </c>
+      <c r="I57" s="11">
+        <v>45016</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="8">
+        <v>6</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E58" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F58" s="9">
+        <v>204931.07</v>
+      </c>
+      <c r="G58" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" s="10">
+        <v>45016</v>
+      </c>
+      <c r="I58" s="11">
+        <v>45016</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A59" s="5">
+        <v>7</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E59" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F59" s="9">
+        <v>1214100</v>
+      </c>
+      <c r="G59" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" s="10">
+        <v>45016</v>
+      </c>
+      <c r="I59" s="11">
+        <v>45019</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A60" s="5">
+        <v>8</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="9">
+        <v>6682</v>
+      </c>
+      <c r="G60" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" s="10">
+        <v>44991</v>
+      </c>
+      <c r="I60" s="11">
+        <v>44991</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="F61" s="15">
+        <f>SUM(F53:F60)</f>
+        <v>1583567.07</v>
+      </c>
+    </row>
+    <row r="72" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G72" s="13" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="73" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G73" s="13" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A1:I6"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A43:I48"/>
+    <mergeCell ref="A49:I49"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:I31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A22" sqref="A22"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="2" max="2" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="35.85546875" customWidth="1"/>
+    <col min="5" max="5" width="27" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="56"/>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
+      <c r="D1" s="56"/>
+      <c r="E1" s="56"/>
+      <c r="F1" s="56"/>
+      <c r="G1" s="56"/>
+      <c r="H1" s="56"/>
+      <c r="I1" s="56"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="56"/>
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="56"/>
+      <c r="B3" s="56"/>
+      <c r="C3" s="56"/>
+      <c r="D3" s="56"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="56"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" s="56"/>
+      <c r="B4" s="56"/>
+      <c r="C4" s="56"/>
+      <c r="D4" s="56"/>
+      <c r="E4" s="56"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+      <c r="I4" s="56"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="56"/>
+      <c r="B5" s="56"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+      <c r="I5" s="56"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="56"/>
+      <c r="B6" s="56"/>
+      <c r="C6" s="56"/>
+      <c r="D6" s="56"/>
+      <c r="E6" s="56"/>
+      <c r="F6" s="56"/>
+      <c r="G6" s="56"/>
+      <c r="H6" s="56"/>
+      <c r="I6" s="56"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="B7" s="57"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57"/>
+      <c r="E7" s="57"/>
+      <c r="F7" s="57"/>
+      <c r="G7" s="57"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="57" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="57"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="57"/>
+      <c r="E8" s="57"/>
+      <c r="F8" s="57"/>
+      <c r="G8" s="57"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="C9" s="1"/>
+      <c r="E9" s="2"/>
+    </row>
+    <row r="10" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="5">
+        <v>1</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="9">
+        <v>6682</v>
+      </c>
+      <c r="G11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="16">
+        <v>44931</v>
+      </c>
+      <c r="I11" s="17">
+        <v>44931</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="8">
+        <v>2</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="9">
+        <v>6682</v>
+      </c>
+      <c r="G12" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="16">
+        <v>44960</v>
+      </c>
+      <c r="I12" s="17">
+        <v>44960</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="5">
+        <v>3</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="9">
+        <v>45000</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="16">
+        <v>45015</v>
+      </c>
+      <c r="I13" s="17">
+        <v>45015</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="8">
+        <v>4</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F14" s="9">
+        <v>13350</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" s="16">
+        <v>44960</v>
+      </c>
+      <c r="I14" s="17">
+        <v>44999</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="5">
+        <v>5</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F15" s="9">
+        <v>86140</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" s="16">
+        <v>45016</v>
+      </c>
+      <c r="I15" s="17">
+        <v>45016</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="8">
+        <v>6</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" s="9">
+        <v>204931.07</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="16">
+        <v>45016</v>
+      </c>
+      <c r="I16" s="17">
+        <v>45016</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="5">
+        <v>7</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F17" s="9">
+        <v>1214100</v>
+      </c>
+      <c r="G17" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" s="16">
+        <v>45016</v>
+      </c>
+      <c r="I17" s="17">
+        <v>45019</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="5">
+        <v>8</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="9">
+        <v>6682</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" s="16">
+        <v>44991</v>
+      </c>
+      <c r="I18" s="17">
+        <v>44991</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="F19" s="15">
+        <f>SUM(F11:F18)</f>
+        <v>1583567.07</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G30" s="13" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G31" s="13" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A1:I6"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A8:I8"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:I20"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="F17" sqref="F17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" customWidth="1"/>
+    <col min="2" max="3" width="21.28515625" customWidth="1"/>
+    <col min="4" max="4" width="40.7109375" customWidth="1"/>
+    <col min="5" max="5" width="16.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" customWidth="1"/>
+    <col min="8" max="8" width="15" customWidth="1"/>
+    <col min="9" max="9" width="15.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="56" t="s">
+        <v>64</v>
+      </c>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
+      <c r="D1" s="56"/>
+      <c r="E1" s="56"/>
+      <c r="F1" s="56"/>
+      <c r="G1" s="56"/>
+      <c r="H1" s="56"/>
+      <c r="I1" s="56"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="56"/>
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="56"/>
+      <c r="B3" s="56"/>
+      <c r="C3" s="56"/>
+      <c r="D3" s="56"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="56"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" s="56"/>
+      <c r="B4" s="56"/>
+      <c r="C4" s="56"/>
+      <c r="D4" s="56"/>
+      <c r="E4" s="56"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+      <c r="I4" s="56"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="57"/>
+      <c r="C5" s="57"/>
+      <c r="D5" s="57"/>
+      <c r="E5" s="57"/>
+      <c r="F5" s="57"/>
+      <c r="G5" s="57"/>
+      <c r="H5" s="57"/>
+      <c r="I5" s="57"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="57" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" s="57"/>
+      <c r="C6" s="57"/>
+      <c r="D6" s="57"/>
+      <c r="E6" s="57"/>
+      <c r="F6" s="57"/>
+      <c r="G6" s="57"/>
+      <c r="H6" s="57"/>
+      <c r="I6" s="57"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="C7" s="1"/>
+      <c r="E7" s="2"/>
+    </row>
+    <row r="8" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="3">
+        <v>1</v>
+      </c>
+      <c r="B9" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" s="54" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" s="29" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" s="41">
+        <v>72789.5</v>
+      </c>
+      <c r="G9" s="51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" s="50">
+        <v>45797</v>
+      </c>
+      <c r="I9" s="55" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3">
+        <v>2</v>
+      </c>
+      <c r="B10" s="47" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" s="51" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" s="51" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" s="51" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" s="52">
+        <v>3015</v>
+      </c>
+      <c r="G10" s="51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="50">
+        <v>45895</v>
+      </c>
+      <c r="I10" s="50">
+        <v>45905</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="43"/>
+      <c r="B11" s="14"/>
+      <c r="C11" s="37"/>
+      <c r="D11" s="40"/>
+      <c r="E11" s="42"/>
+      <c r="F11" s="38"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="44"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="45"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="38"/>
+      <c r="G12" s="30"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="31"/>
+      <c r="B13" s="28"/>
+      <c r="C13" s="28"/>
+      <c r="D13" s="29"/>
+      <c r="E13" s="31"/>
+      <c r="F13" s="32"/>
+      <c r="G13" s="30"/>
+      <c r="H13" s="33"/>
+      <c r="I13" s="33"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B14" s="34"/>
+      <c r="C14" s="34"/>
+      <c r="D14" s="35"/>
+      <c r="F14" s="36">
+        <f>SUM(F9:F13)</f>
+        <v>75804.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B15" s="34"/>
+      <c r="C15" s="34"/>
+      <c r="D15" s="35"/>
+      <c r="F15" s="36"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B16" s="34"/>
+      <c r="C16" s="34"/>
+      <c r="D16" s="35"/>
+      <c r="F16" s="36"/>
+    </row>
+    <row r="17" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B17" s="34"/>
+      <c r="C17" s="34"/>
+      <c r="D17" s="35"/>
+      <c r="F17" s="39"/>
+    </row>
+    <row r="18" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="D18" s="49" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="D19" s="49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" s="13"/>
+    </row>
+    <row r="20" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="G20" s="13"/>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A1:I4"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A6:I6"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="74" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="24" max="16383" man="1"/>
+  </rowBreaks>
+  <colBreaks count="1" manualBreakCount="1">
+    <brk id="9" max="1048575" man="1"/>
+  </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Hoja1</vt:lpstr>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Enero 2023</vt:lpstr>
+      <vt:lpstr>Febrero 2023</vt:lpstr>
+      <vt:lpstr>Marzo 2023</vt:lpstr>
+      <vt:lpstr>Abril 2025</vt:lpstr>
+      <vt:lpstr>'Abril 2025'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Diana Mejia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>